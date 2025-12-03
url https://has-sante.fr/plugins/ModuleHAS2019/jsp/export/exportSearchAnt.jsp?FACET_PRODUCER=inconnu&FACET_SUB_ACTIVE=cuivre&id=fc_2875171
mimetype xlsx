--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -9,170 +9,563 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="232" uniqueCount="154">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>06/22/2009 15:40:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Doxycycline en prévention des infections sexuellement transmissibles bactériennes</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l’Agence nationale de recherches sur le VIH/sida, les hépatites virales, la tuberculose, les infections sexuellement transmissibles et les maladies infectieuses émergentes (ANRS MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration de recommandations françaises sur l’utilisation de la doxycycline en prévention des infections sexuellement transmissibles bactériennes. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>23/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/01/2025 08:45:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_765529/en/obesity-surgery-in-adults</t>
+    <t>https://www.has-sante.fr/jcms/p_3586490/fr/doxycycline-en-prevention-des-infections-sexuellement-transmissibles-bacteriennes</t>
+  </si>
+  <si>
+    <t>p_3586490</t>
+  </si>
+  <si>
+    <t>Prise en charge thérapeutique des patients atteints de condylomes ano-génitaux</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes de condylomes ano-génitaux. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>14/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562508/fr/prise-en-charge-therapeutique-des-patients-atteints-de-condylomes-ano-genitaux</t>
+  </si>
+  <si>
+    <t>p_3562508</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>ASMD : Maladie de Niemann-Pick de types A, B et A/B</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit en sphingomyélinase acide (ASMD). Il a été élaboré par le Centre de Référence des Maladies Lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557813/fr/asmd-maladie-de-niemann-pick-de-types-a-b-et-a/b</t>
+  </si>
+  <si>
+    <t>p_3557813</t>
+  </si>
+  <si>
+    <t>Lymphangiectasies intestinales primitives (maladie de Waldmann)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient Lymphangiectasies intestinales primitives (maladie de Waldmann). Il a été élaboré par le Centre national de référence des maladies vasculaires rares (malformations lymphatiques, lymphoedème primaire) Filière FAVA-Multià l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390524/fr/lymphangiectasies-intestinales-primitives-maladie-de-waldmann</t>
+  </si>
+  <si>
+    <t>p_3390524</t>
+  </si>
+  <si>
+    <t>Label - Diagnostic et prise en charge des enfants ayant ingéré une pile bouton ou une pile plate</t>
+  </si>
+  <si>
+    <t>La HAS et la Société de Toxicologie Clinique (STC) publient des recommandations sur la prise en charge d’un enfant ayant ingéré une pile bouton. Ces recommandations déterminent la bonne intervention au bon moment pour chacun des professionnels confrontés à la situation. La rapidité de réaction de chacun est, en effet, essentielle car même en cas de doute, l’ingestion d’une pile bouton constitue une urgence. Des outils sont proposés, notamment des arbres décisionnels déclinés pour chaque situation.</t>
+  </si>
+  <si>
+    <t>14/02/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>16/02/2022 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165810/fr/label-diagnostic-et-prise-en-charge-des-enfants-ayant-ingere-une-pile-bouton-ou-une-pile-plate</t>
+  </si>
+  <si>
+    <t>p_3165810</t>
+  </si>
+  <si>
+    <t>Épidermolyses bulleuses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un malade atteint d’épidermolyse bulleuse héréditaire (EBH). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028188/fr/epidermolyses-bulleuses-hereditaires</t>
+  </si>
+  <si>
+    <t>c_2028188</t>
+  </si>
+  <si>
+    <t>Épilepsies : Prise en charge des enfants et des adultes</t>
+  </si>
+  <si>
+    <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
+  </si>
+  <si>
+    <t>08/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2020 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
+  </si>
+  <si>
+    <t>p_3214468</t>
+  </si>
+  <si>
+    <t>Trisomie 21</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/01/2020 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
+  </si>
+  <si>
+    <t>p_3148883</t>
+  </si>
+  <si>
+    <t>Hépatite C : prise en charge simplifiée chez l'adulte</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo présente la prise en charge simplifiée. Elle peut conduire à une prise en charge spécialisée avec réunion de concertation pluridisciplinaire en fonction de données cliniques ou paracliniques.</t>
+  </si>
+  <si>
+    <t>18/09/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>08/10/2019 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911891/fr/hepatite-c-prise-en-charge-simplifiee-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2911891</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme en post-partum</t>
+  </si>
+  <si>
+    <t>Il est important d’aborder la contraception et d’informer les femmes sur les méthodes possibles au cours de la grossesse et de la proposer en post-partum immédiat. La consultation du post-partum (6 à 8 semaines après l’accouchement) doit permettre de confirmer le choix contraceptif, son renouvellement éventuel, sa surveillance ou la pose d’un dispositif de longue durée (DIU, implant).</t>
+  </si>
+  <si>
+    <t>10/07/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1369193/fr/contraception-chez-la-femme-en-post-partum</t>
+  </si>
+  <si>
+    <t>c_1369193</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme à risque cardiovasculaire</t>
+  </si>
+  <si>
+    <t>La contraception chez une femme à risque cardiovasculaire n’est pas une prescription anodine. La Haute Autorité de santé (HAS) publie une nouvelle fiche mémo pour aider les professionnels de santé à proposer la contraception la plus adaptée aux contre indications présentées : antécédents, pathologies ou facteurs de risque. Cette fiche est fondée sur les critères établis par l’Organisation mondiale de la santé adaptés au contexte français.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638478/fr/contraception-chez-la-femme-a-risque-cardiovasculaire</t>
+  </si>
+  <si>
+    <t>c_1638478</t>
+  </si>
+  <si>
+    <t>Contraception hormonale orale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>Ces fiches mémo visent à fournir aux pharmaciens d’officine des outils afin de les aider à la dispensation d’une contraception hormonale régulière ou d’une contraception d’urgence aux femmes et adolescentes.</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720982/fr/contraception-hormonale-orale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1720982</t>
+  </si>
+  <si>
+    <t>Contraception : prescriptions et conseils aux femmes</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes/les hommes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752432/fr/contraception-prescriptions-et-conseils-aux-femmes</t>
+  </si>
+  <si>
+    <t>c_1752432</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme adulte et de l'adolescente en âge de procréer (hors post-partum et post-IVG)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752542/fr/contraception-chez-la-femme-adulte-et-de-l-adolescente-en-age-de-procreer-hors-post-partum-et-post-ivg</t>
+  </si>
+  <si>
+    <t>c_1752542</t>
+  </si>
+  <si>
+    <t>Stérilisation à visée contraceptive chez l’homme et chez la femme</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752765/fr/sterilisation-a-visee-contraceptive-chez-l-homme-et-chez-la-femme</t>
+  </si>
+  <si>
+    <t>c_1752765</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme après une interruption volontaire de grossesse (IVG)</t>
+  </si>
+  <si>
+    <t>La reprise de la fertilité après une IVG est immédiate ; une contraception efficace est donc indispensable dès la réalisation de l’IVG. Une information sur la contraception doit être délivrée lors de la consultation pré-IVG.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753312/fr/contraception-chez-la-femme-apres-une-interruption-volontaire-de-grossesse-ivg</t>
+  </si>
+  <si>
+    <t>c_1753312</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1754842/fr/contraception-d-urgence</t>
+  </si>
+  <si>
+    <t>c_1754842</t>
+  </si>
+  <si>
+    <t>Contraception chez l’homme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757909/fr/contraception-chez-l-homme</t>
+  </si>
+  <si>
+    <t>c_1757909</t>
+  </si>
+  <si>
+    <t>Contraception estroprogestative transdermique ou vaginale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759931/fr/contraception-estroprogestative-transdermique-ou-vaginale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759931</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759990/fr/contraception-d-urgence-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759990</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence : prescription et délivrance à l’avance</t>
+  </si>
+  <si>
+    <t>La contraception d’urgence désigne une contraception de « rattrapage », utilisable par les femmes en situation d’urgence dans les 3 à 5 jours (selon le type de contraception d’urgence) qui suivent un rapport sexuel non ou mal protégé pour éviter une grossesse non prévue.</t>
+  </si>
+  <si>
+    <t>24/04/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>02/05/2013 16:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1543129/fr/contraception-d-urgence-prescription-et-delivrance-a-l-avance</t>
+  </si>
+  <si>
+    <t>c_1543129</t>
+  </si>
+  <si>
+    <t>Obésité : prise en charge chirurgicale chez l'adulte</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectifs : d'améliorer l’efficacité à long terme de la chirurgie et réduire la survenue des complications par : une meilleure sélection, information et préparation des patients le choix de la technique apportant le meilleur rapport bénéfice/risque chez les patients sélectionnés une meilleure formalisation de la constitution et du rôle de l’équipe pluridisciplinaire de réduire la gravité des complications par leur détection et leur prise en charge précoces. Les questions auxquelles répondent les recommandations sont les suivantes : Stratégies de prise en charge des patients atteints d’obésité dans le cadre d’une intervention chirurgicale initiale Les indications actuelles de la chirurgie bariatrique doivent-elles être revues ? Quels doivent être les modalités et le contenu de l’évaluation et de la prise en charge préopératoires du patient ? Quels critères doit-on prendre en compte pour le choix des techniques chirurgicales ? Quels doivent être les modalités et le contenu du suivi et de la prise en charge postopératoires du patient ? Stratégies de prise en charge des patients atteints d’obésité dans le cadre d’une réintervention chirurgicale.</t>
+  </si>
+  <si>
+    <t>28/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>22/06/2009 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765529/fr/obesite-prise-en-charge-chirurgicale-chez-l-adulte</t>
   </si>
   <si>
     <t>c_765529</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3186760/en/usefulness-of-contrast-enhanced-mammography-in-breast-cancer-diagnosis-strategy-inahta-brief</t>
+    <t>Accès aux soins des personnes en situation de handicap - Rapport de la commission d'audition publique</t>
+  </si>
+  <si>
+    <t>Les deux principaux objectifs fixés à cette audition publique consistent à : Établir un état des lieux globalisé des données disponibles et des principaux freins et obstacles habituellement constatés de façon éparse Formuler des préconisations concrètes et pratiques pour améliorer le parcours de soins des personnes en situation de handicap.</t>
+  </si>
+  <si>
+    <t>23/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>23/01/2009 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_736311/fr/acces-aux-soins-des-personnes-en-situation-de-handicap-rapport-de-la-commission-d-audition-publique</t>
+  </si>
+  <si>
+    <t>c_736311</t>
+  </si>
+  <si>
+    <t>Hygiène et prévention du risque infectieux en cabinet médical ou paramédical</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif la réduction des infections transmises lors d’actes de soin, notamment par les dispositifs médicaux, la réduction des infections croisées et le contrôle du risque infectieux lié à l’environnement.</t>
+  </si>
+  <si>
+    <t>21/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>27/11/2007 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_607182/fr/hygiene-et-prevention-du-risque-infectieux-en-cabinet-medical-ou-paramedical</t>
+  </si>
+  <si>
+    <t>c_607182</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Intérêt de l’angiomammographie double énergie dans la stratégie diagnostique du cancer du sein - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’acte d’angiomammographie dans la stratégie diagnostique du cancer du sein afin d’émettre un avis sur son inscription à la classification commune des actes médicaux. Le rapport d’évaluation de la HAS, destiné aux radiologues, aux sénologues et à l’Assurance maladie, a pour objectifs d’évaluer les performances diagnostiques de l’angiomammographie en comparaison à l’IRM dans certaines de ses indications (impasses diagnostiques, bilan d’extension, évaluation de la réponse à la chimiothérapie néoadjuvante) ainsi que les aspects sécuritaires (réactions à l’injection d’iode, exposition aux rayonnements ionisants), l’impact sur la thérapeutique et les aspects organisationnels.</t>
+  </si>
+  <si>
+    <t>10/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>22/11/2021 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186760/fr/interet-de-l-angiomammographie-double-energie-dans-la-strategie-diagnostique-du-cancer-du-sein-rapport-d-evaluation</t>
   </si>
   <si>
     <t>p_3186760</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Efficacité des méthodes contraceptives</t>
+  </si>
+  <si>
+    <t>17/05/2014 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757924/fr/efficacite-des-methodes-contraceptives</t>
+  </si>
+  <si>
+    <t>c_1757924</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Affections de longue durée, la Haute Autorité de Santé rend un avis sur la liste et les critères médicaux d’admission</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé a adressé ce jour à la ministre de la Santé, de la Jeunesse et des Sports un avis sur la liste et les critères médicaux d’admission en affection de longue durée -ALD.</t>
+  </si>
+  <si>
+    <t>10/12/2007 18:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_611969/fr/affections-de-longue-duree-la-haute-autorite-de-sante-rend-un-avis-sur-la-liste-et-les-criteres-medicaux-d-admission</t>
+  </si>
+  <si>
+    <t>c_611969</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur la liste et les critères médicaux d’admission en affections de longue durée (ALD) - Décembre 2007</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé a rendu un avis sur la liste et les critères médicaux d’admission en affection de longue durée - ALD. Cet avis avait été annoncé dans la recommandation initiale de mai 2006 qui accompagnait la diffusion des premiers guides et listes. Il porte aujourd’hui sur la vingtaine de maladies pour lesquelles la HAS a depuis publié des guides et des listes d’actes et de prestations. Dans cet avis, la HAS confirme que le système actuel est inadapté. Il s’efforce, en effet, de poursuivre à l’aide d’un même outil deux objectifs distincts : un objectif social (neutraliser l’impact des gros restes à charge) et un objectif médical (assurer un suivi médical de qualité pour les malades chroniques). La HAS note avec attention que le débat sur les ALD est aujourd’hui largement engagé, grâce notamment à la réflexion menée sur un dispositif de type « bouclier sanitaire » pour le volet social. C’est dans l’objectif de prolonger cette réflexion collective que cet avis a été conçu. Aussi les propositions qui visent à éclairer les choix des pouvoirs publics en la matière sont-elles présentées sous forme de trois scénarios.</t>
+  </si>
+  <si>
+    <t>12/12/2007 10:27:00</t>
+  </si>
+  <si>
+    <t>02/01/2008 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_810262/fr/avis-de-la-has-sur-la-liste-et-les-criteres-medicaux-d-admission-en-affections-de-longue-duree-ald-decembre-2007</t>
+  </si>
+  <si>
+    <t>c_810262</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H29"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -188,67 +581,743 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>17</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>18</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>19</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>20</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>21</v>
       </c>
-      <c r="H3" t="s">
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
         <v>22</v>
+      </c>
+      <c r="B4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>22</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>30</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H5" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C6" t="s">
+        <v>34</v>
+      </c>
+      <c r="D6" t="s">
+        <v>35</v>
+      </c>
+      <c r="E6" t="s">
+        <v>36</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>37</v>
+      </c>
+      <c r="H6" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>22</v>
+      </c>
+      <c r="B7" t="s">
+        <v>39</v>
+      </c>
+      <c r="C7" t="s">
+        <v>40</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>41</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H7" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>44</v>
+      </c>
+      <c r="C8" t="s">
+        <v>45</v>
+      </c>
+      <c r="D8" t="s">
+        <v>46</v>
+      </c>
+      <c r="E8" t="s">
+        <v>47</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H8" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B9" t="s">
+        <v>50</v>
+      </c>
+      <c r="C9" t="s">
+        <v>51</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>52</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>53</v>
+      </c>
+      <c r="H9" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>55</v>
+      </c>
+      <c r="C10" t="s">
+        <v>56</v>
+      </c>
+      <c r="D10" t="s">
+        <v>57</v>
+      </c>
+      <c r="E10" t="s">
+        <v>58</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>59</v>
+      </c>
+      <c r="H10" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
+        <v>61</v>
+      </c>
+      <c r="C11" t="s">
+        <v>62</v>
+      </c>
+      <c r="D11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>65</v>
+      </c>
+      <c r="H11" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B12" t="s">
+        <v>67</v>
+      </c>
+      <c r="C12" t="s">
+        <v>68</v>
+      </c>
+      <c r="D12" t="s">
+        <v>63</v>
+      </c>
+      <c r="E12" t="s">
+        <v>64</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>69</v>
+      </c>
+      <c r="H12" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>8</v>
+      </c>
+      <c r="B13" t="s">
+        <v>71</v>
+      </c>
+      <c r="C13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D13" t="s">
+        <v>63</v>
+      </c>
+      <c r="E13" t="s">
+        <v>73</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>74</v>
+      </c>
+      <c r="H13" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>8</v>
+      </c>
+      <c r="B14" t="s">
+        <v>76</v>
+      </c>
+      <c r="C14" t="s">
+        <v>77</v>
+      </c>
+      <c r="D14" t="s">
+        <v>63</v>
+      </c>
+      <c r="E14" t="s">
+        <v>73</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>78</v>
+      </c>
+      <c r="H14" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" t="s">
+        <v>80</v>
+      </c>
+      <c r="C15" t="s">
+        <v>77</v>
+      </c>
+      <c r="D15" t="s">
+        <v>63</v>
+      </c>
+      <c r="E15" t="s">
+        <v>64</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>81</v>
+      </c>
+      <c r="H15" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>8</v>
+      </c>
+      <c r="B16" t="s">
+        <v>83</v>
+      </c>
+      <c r="C16" t="s">
+        <v>84</v>
+      </c>
+      <c r="D16" t="s">
+        <v>63</v>
+      </c>
+      <c r="E16" t="s">
+        <v>73</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>85</v>
+      </c>
+      <c r="H16" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>8</v>
+      </c>
+      <c r="B17" t="s">
+        <v>87</v>
+      </c>
+      <c r="C17" t="s">
+        <v>88</v>
+      </c>
+      <c r="D17" t="s">
+        <v>63</v>
+      </c>
+      <c r="E17" t="s">
+        <v>73</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>89</v>
+      </c>
+      <c r="H17" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>8</v>
+      </c>
+      <c r="B18" t="s">
+        <v>91</v>
+      </c>
+      <c r="C18" t="s">
+        <v>92</v>
+      </c>
+      <c r="D18" t="s">
+        <v>63</v>
+      </c>
+      <c r="E18" t="s">
+        <v>64</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>93</v>
+      </c>
+      <c r="H18" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>8</v>
+      </c>
+      <c r="B19" t="s">
+        <v>95</v>
+      </c>
+      <c r="C19" t="s">
+        <v>77</v>
+      </c>
+      <c r="D19" t="s">
+        <v>63</v>
+      </c>
+      <c r="E19" t="s">
+        <v>64</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>96</v>
+      </c>
+      <c r="H19" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>8</v>
+      </c>
+      <c r="B20" t="s">
+        <v>98</v>
+      </c>
+      <c r="C20" t="s">
+        <v>72</v>
+      </c>
+      <c r="D20" t="s">
+        <v>63</v>
+      </c>
+      <c r="E20" t="s">
+        <v>73</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>99</v>
+      </c>
+      <c r="H20" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>8</v>
+      </c>
+      <c r="B21" t="s">
+        <v>101</v>
+      </c>
+      <c r="C21" t="s">
+        <v>72</v>
+      </c>
+      <c r="D21" t="s">
+        <v>63</v>
+      </c>
+      <c r="E21" t="s">
+        <v>73</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>102</v>
+      </c>
+      <c r="H21" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>104</v>
+      </c>
+      <c r="B22" t="s">
+        <v>105</v>
+      </c>
+      <c r="C22" t="s">
+        <v>106</v>
+      </c>
+      <c r="D22" t="s">
+        <v>107</v>
+      </c>
+      <c r="E22" t="s">
+        <v>108</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>109</v>
+      </c>
+      <c r="H22" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>8</v>
+      </c>
+      <c r="B23" t="s">
+        <v>111</v>
+      </c>
+      <c r="C23" t="s">
+        <v>112</v>
+      </c>
+      <c r="D23" t="s">
+        <v>113</v>
+      </c>
+      <c r="E23" t="s">
+        <v>114</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>115</v>
+      </c>
+      <c r="H23" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>8</v>
+      </c>
+      <c r="B24" t="s">
+        <v>117</v>
+      </c>
+      <c r="C24" t="s">
+        <v>118</v>
+      </c>
+      <c r="D24" t="s">
+        <v>119</v>
+      </c>
+      <c r="E24" t="s">
+        <v>120</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>121</v>
+      </c>
+      <c r="H24" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>8</v>
+      </c>
+      <c r="B25" t="s">
+        <v>123</v>
+      </c>
+      <c r="C25" t="s">
+        <v>124</v>
+      </c>
+      <c r="D25" t="s">
+        <v>125</v>
+      </c>
+      <c r="E25" t="s">
+        <v>126</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>127</v>
+      </c>
+      <c r="H25" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>129</v>
+      </c>
+      <c r="B26" t="s">
+        <v>130</v>
+      </c>
+      <c r="C26" t="s">
+        <v>131</v>
+      </c>
+      <c r="D26" t="s">
+        <v>132</v>
+      </c>
+      <c r="E26" t="s">
+        <v>133</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>134</v>
+      </c>
+      <c r="H26" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>136</v>
+      </c>
+      <c r="B27" t="s">
+        <v>137</v>
+      </c>
+      <c r="C27" t="s">
+        <v>13</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>138</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>139</v>
+      </c>
+      <c r="H27" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>141</v>
+      </c>
+      <c r="B28" t="s">
+        <v>142</v>
+      </c>
+      <c r="C28" t="s">
+        <v>143</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>144</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>145</v>
+      </c>
+      <c r="H28" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>147</v>
+      </c>
+      <c r="B29" t="s">
+        <v>148</v>
+      </c>
+      <c r="C29" t="s">
+        <v>149</v>
+      </c>
+      <c r="D29" t="s">
+        <v>150</v>
+      </c>
+      <c r="E29" t="s">
+        <v>151</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>152</v>
+      </c>
+      <c r="H29" t="s">
+        <v>153</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>