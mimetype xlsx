--- v1 (2025-12-03)
+++ v2 (2026-03-05)
@@ -9,119 +9,149 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="232" uniqueCount="154">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="248" uniqueCount="164">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Hypercholestérolémie Familiale Homozygote</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HFHo. Il a été élaboré par le Centre d’Expertise des Dyslipidémies Rares (CEDRA) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>26/01/2026 08:38:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826396/fr/hypercholesterolemie-familiale-homozygote</t>
+  </si>
+  <si>
+    <t>p_3826396</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Doxycycline en prévention des infections sexuellement transmissibles bactériennes</t>
   </si>
   <si>
     <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l’Agence nationale de recherches sur le VIH/sida, les hépatites virales, la tuberculose, les infections sexuellement transmissibles et les maladies infectieuses émergentes (ANRS MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration de recommandations françaises sur l’utilisation de la doxycycline en prévention des infections sexuellement transmissibles bactériennes. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
   </si>
   <si>
     <t>23/01/2025 00:00:00</t>
   </si>
   <si>
     <t>29/01/2025 08:45:00</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3586490/fr/doxycycline-en-prevention-des-infections-sexuellement-transmissibles-bacteriennes</t>
   </si>
   <si>
     <t>p_3586490</t>
   </si>
   <si>
     <t>Prise en charge thérapeutique des patients atteints de condylomes ano-génitaux</t>
   </si>
   <si>
     <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes de condylomes ano-génitaux. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
   </si>
   <si>
     <t>14/11/2024 00:00:00</t>
   </si>
   <si>
     <t>02/12/2024 14:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3562508/fr/prise-en-charge-therapeutique-des-patients-atteints-de-condylomes-ano-genitaux</t>
   </si>
   <si>
     <t>p_3562508</t>
-  </si>
-[...1 lines deleted...]
-    <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>ASMD : Maladie de Niemann-Pick de types A, B et A/B</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit en sphingomyélinase acide (ASMD). Il a été élaboré par le Centre de Référence des Maladies Lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>21/11/2024 15:16:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3557813/fr/asmd-maladie-de-niemann-pick-de-types-a-b-et-a/b</t>
   </si>
   <si>
     <t>p_3557813</t>
   </si>
   <si>
     <t>Lymphangiectasies intestinales primitives (maladie de Waldmann)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient Lymphangiectasies intestinales primitives (maladie de Waldmann). Il a été élaboré par le Centre national de référence des maladies vasculaires rares (malformations lymphatiques, lymphoedème primaire) Filière FAVA-Multià l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>12/12/2022 17:27:00</t>
   </si>
@@ -521,803 +551,855 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H29"/>
+  <dimension ref="A1:H31"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
-      </c>
-[...7 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
         <v>22</v>
       </c>
-      <c r="B4" t="s">
+      <c r="D4" t="s">
         <v>23</v>
       </c>
-      <c r="C4" t="s">
+      <c r="E4" t="s">
         <v>24</v>
       </c>
-      <c r="D4" t="s">
-[...2 lines deleted...]
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
         <v>25</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="B5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C5" t="s">
         <v>28</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E5" t="s">
         <v>30</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G5" t="s">
         <v>31</v>
       </c>
       <c r="H5" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>33</v>
       </c>
       <c r="C6" t="s">
         <v>34</v>
       </c>
       <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
         <v>35</v>
       </c>
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
         <v>36</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="B7" t="s">
+        <v>38</v>
+      </c>
+      <c r="C7" t="s">
         <v>39</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
         <v>40</v>
       </c>
-      <c r="D7" t="s">
-[...2 lines deleted...]
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
         <v>41</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B8" t="s">
+        <v>43</v>
+      </c>
+      <c r="C8" t="s">
         <v>44</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>45</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8" t="s">
         <v>46</v>
       </c>
-      <c r="E8" t="s">
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
         <v>47</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="H8" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="B9" t="s">
+        <v>49</v>
+      </c>
+      <c r="C9" t="s">
         <v>50</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
         <v>51</v>
       </c>
-      <c r="D9" t="s">
-[...2 lines deleted...]
-      <c r="E9" t="s">
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
         <v>52</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="H9" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B10" t="s">
+        <v>54</v>
+      </c>
+      <c r="C10" t="s">
         <v>55</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
         <v>56</v>
       </c>
-      <c r="D10" t="s">
+      <c r="E10" t="s">
         <v>57</v>
       </c>
-      <c r="E10" t="s">
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
         <v>58</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="H10" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
+        <v>60</v>
+      </c>
+      <c r="C11" t="s">
         <v>61</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
         <v>62</v>
       </c>
-      <c r="D11" t="s">
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
         <v>63</v>
       </c>
-      <c r="E11" t="s">
+      <c r="H11" t="s">
         <v>64</v>
-      </c>
-[...7 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B12" t="s">
+        <v>65</v>
+      </c>
+      <c r="C12" t="s">
+        <v>66</v>
+      </c>
+      <c r="D12" t="s">
         <v>67</v>
       </c>
-      <c r="C12" t="s">
+      <c r="E12" t="s">
         <v>68</v>
       </c>
-      <c r="D12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F12" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G12" t="s">
         <v>69</v>
       </c>
       <c r="H12" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B13" t="s">
         <v>71</v>
       </c>
       <c r="C13" t="s">
         <v>72</v>
       </c>
       <c r="D13" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="E13" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F13" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="H13" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B14" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C14" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D14" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="E14" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F14" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="H14" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B15" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C15" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="D15" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="E15" t="s">
-        <v>64</v>
+        <v>83</v>
       </c>
       <c r="F15" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="H15" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B16" t="s">
+        <v>86</v>
+      </c>
+      <c r="C16" t="s">
+        <v>87</v>
+      </c>
+      <c r="D16" t="s">
+        <v>73</v>
+      </c>
+      <c r="E16" t="s">
         <v>83</v>
       </c>
-      <c r="C16" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F16" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="H16" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B17" t="s">
+        <v>90</v>
+      </c>
+      <c r="C17" t="s">
         <v>87</v>
       </c>
-      <c r="C17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D17" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="E17" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F17" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="H17" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B18" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="C18" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="D18" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="E18" t="s">
-        <v>64</v>
+        <v>83</v>
       </c>
       <c r="F18" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="H18" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B19" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="C19" t="s">
-        <v>77</v>
+        <v>98</v>
       </c>
       <c r="D19" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="E19" t="s">
-        <v>64</v>
+        <v>83</v>
       </c>
       <c r="F19" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="H19" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B20" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="C20" t="s">
-        <v>72</v>
+        <v>102</v>
       </c>
       <c r="D20" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="E20" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F20" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="H20" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="C21" t="s">
-        <v>72</v>
+        <v>87</v>
       </c>
       <c r="D21" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="E21" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F21" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="H21" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>104</v>
+        <v>20</v>
       </c>
       <c r="B22" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="C22" t="s">
-        <v>106</v>
+        <v>82</v>
       </c>
       <c r="D22" t="s">
-        <v>107</v>
+        <v>73</v>
       </c>
       <c r="E22" t="s">
-        <v>108</v>
+        <v>83</v>
       </c>
       <c r="F22" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G22" t="s">
         <v>109</v>
       </c>
       <c r="H22" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B23" t="s">
         <v>111</v>
       </c>
       <c r="C23" t="s">
+        <v>82</v>
+      </c>
+      <c r="D23" t="s">
+        <v>73</v>
+      </c>
+      <c r="E23" t="s">
+        <v>83</v>
+      </c>
+      <c r="F23" t="s">
+        <v>11</v>
+      </c>
+      <c r="G23" t="s">
         <v>112</v>
       </c>
-      <c r="D23" t="s">
+      <c r="H23" t="s">
         <v>113</v>
-      </c>
-[...10 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>8</v>
+        <v>114</v>
       </c>
       <c r="B24" t="s">
+        <v>115</v>
+      </c>
+      <c r="C24" t="s">
+        <v>116</v>
+      </c>
+      <c r="D24" t="s">
         <v>117</v>
       </c>
-      <c r="C24" t="s">
+      <c r="E24" t="s">
         <v>118</v>
       </c>
-      <c r="D24" t="s">
+      <c r="F24" t="s">
+        <v>11</v>
+      </c>
+      <c r="G24" t="s">
         <v>119</v>
       </c>
-      <c r="E24" t="s">
+      <c r="H24" t="s">
         <v>120</v>
-      </c>
-[...7 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B25" t="s">
+        <v>121</v>
+      </c>
+      <c r="C25" t="s">
+        <v>122</v>
+      </c>
+      <c r="D25" t="s">
         <v>123</v>
       </c>
-      <c r="C25" t="s">
+      <c r="E25" t="s">
         <v>124</v>
       </c>
-      <c r="D25" t="s">
+      <c r="F25" t="s">
+        <v>11</v>
+      </c>
+      <c r="G25" t="s">
         <v>125</v>
       </c>
-      <c r="E25" t="s">
+      <c r="H25" t="s">
         <v>126</v>
-      </c>
-[...7 lines deleted...]
-        <v>128</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
+        <v>20</v>
+      </c>
+      <c r="B26" t="s">
+        <v>127</v>
+      </c>
+      <c r="C26" t="s">
+        <v>128</v>
+      </c>
+      <c r="D26" t="s">
         <v>129</v>
       </c>
-      <c r="B26" t="s">
+      <c r="E26" t="s">
         <v>130</v>
       </c>
-      <c r="C26" t="s">
+      <c r="F26" t="s">
+        <v>11</v>
+      </c>
+      <c r="G26" t="s">
         <v>131</v>
       </c>
-      <c r="D26" t="s">
+      <c r="H26" t="s">
         <v>132</v>
-      </c>
-[...10 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
+        <v>20</v>
+      </c>
+      <c r="B27" t="s">
+        <v>133</v>
+      </c>
+      <c r="C27" t="s">
+        <v>134</v>
+      </c>
+      <c r="D27" t="s">
+        <v>135</v>
+      </c>
+      <c r="E27" t="s">
         <v>136</v>
       </c>
-      <c r="B27" t="s">
+      <c r="F27" t="s">
+        <v>11</v>
+      </c>
+      <c r="G27" t="s">
         <v>137</v>
       </c>
-      <c r="C27" t="s">
-[...5 lines deleted...]
-      <c r="E27" t="s">
+      <c r="H27" t="s">
         <v>138</v>
-      </c>
-[...7 lines deleted...]
-        <v>140</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
+        <v>139</v>
+      </c>
+      <c r="B28" t="s">
+        <v>140</v>
+      </c>
+      <c r="C28" t="s">
         <v>141</v>
       </c>
-      <c r="B28" t="s">
+      <c r="D28" t="s">
         <v>142</v>
       </c>
-      <c r="C28" t="s">
+      <c r="E28" t="s">
         <v>143</v>
       </c>
-      <c r="D28" t="s">
-[...2 lines deleted...]
-      <c r="E28" t="s">
+      <c r="F28" t="s">
+        <v>11</v>
+      </c>
+      <c r="G28" t="s">
         <v>144</v>
       </c>
-      <c r="F28" t="s">
-[...2 lines deleted...]
-      <c r="G28" t="s">
+      <c r="H28" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
+        <v>146</v>
+      </c>
+      <c r="B29" t="s">
         <v>147</v>
       </c>
-      <c r="B29" t="s">
+      <c r="C29" t="s">
+        <v>11</v>
+      </c>
+      <c r="D29" t="s">
+        <v>11</v>
+      </c>
+      <c r="E29" t="s">
         <v>148</v>
       </c>
-      <c r="C29" t="s">
+      <c r="F29" t="s">
+        <v>11</v>
+      </c>
+      <c r="G29" t="s">
         <v>149</v>
       </c>
-      <c r="D29" t="s">
+      <c r="H29" t="s">
         <v>150</v>
       </c>
-      <c r="E29" t="s">
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
         <v>151</v>
       </c>
-      <c r="F29" t="s">
-[...2 lines deleted...]
-      <c r="G29" t="s">
+      <c r="B30" t="s">
         <v>152</v>
       </c>
-      <c r="H29" t="s">
+      <c r="C30" t="s">
         <v>153</v>
+      </c>
+      <c r="D30" t="s">
+        <v>11</v>
+      </c>
+      <c r="E30" t="s">
+        <v>154</v>
+      </c>
+      <c r="F30" t="s">
+        <v>11</v>
+      </c>
+      <c r="G30" t="s">
+        <v>155</v>
+      </c>
+      <c r="H30" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>157</v>
+      </c>
+      <c r="B31" t="s">
+        <v>158</v>
+      </c>
+      <c r="C31" t="s">
+        <v>159</v>
+      </c>
+      <c r="D31" t="s">
+        <v>160</v>
+      </c>
+      <c r="E31" t="s">
+        <v>161</v>
+      </c>
+      <c r="F31" t="s">
+        <v>11</v>
+      </c>
+      <c r="G31" t="s">
+        <v>162</v>
+      </c>
+      <c r="H31" t="s">
+        <v>163</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>