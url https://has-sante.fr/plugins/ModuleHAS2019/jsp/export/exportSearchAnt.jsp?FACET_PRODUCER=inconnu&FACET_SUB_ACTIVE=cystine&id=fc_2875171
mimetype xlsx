--- v0 (2025-10-19)
+++ v1 (2026-03-05)
@@ -1,221 +1,152 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...1 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
-[...2 lines deleted...]
-    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="66" uniqueCount="36">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation en santé publique</t>
-[...2 lines deleted...]
-    <t>Évaluation a priori de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. Volet 2</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Inborn errors of metabolism : assessment of expanded newborn screening using tandem mass spectrometry in France (part 2)</t>
   </si>
   <si>
     <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
   </si>
   <si>
-    <t>22/01/2020 00:00:00</t>
-[...2 lines deleted...]
-    <t>03/02/2020 10:20:00</t>
+    <t>01/22/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2020 10:20:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
+    <t>https://www.has-sante.fr/jcms/c_2866458/en/inborn-errors-of-metabolism-assessment-of-expanded-newborn-screening-using-tandem-mass-spectrometry-in-france-part-2</t>
   </si>
   <si>
     <t>c_2866458</t>
-  </si>
-[...58 lines deleted...]
-    <t>Commission</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -240,241 +171,37 @@
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-[...202 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>