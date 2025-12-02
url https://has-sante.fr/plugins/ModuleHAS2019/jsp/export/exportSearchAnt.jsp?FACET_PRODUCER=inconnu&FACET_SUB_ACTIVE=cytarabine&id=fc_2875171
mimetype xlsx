--- v0 (2025-10-18)
+++ v1 (2025-12-02)
@@ -9,95 +9,128 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="27">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>10/18/2017 16:24:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mastocytoses avancées de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient adulte atteint de mastocytose dite avancée : mastocytose systémique agressive, mastocytose systémique associée à une hémopathie maligne et leucémie à mastocytes (1–5). Il a été élaboré sous l’égide du Centre de Référence des Mastocytoses (CEREMAST) et de la filière de santé Maladies Rares immuno-hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2680246/en/assessment-of-biological-tests-for-pneumocystis-pneumonia-pneumocystis-jirovecii-infections-diagnosis-inahta-brief</t>
+    <t>17/07/2025 17:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636720/fr/mastocytoses-avancees-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3636720</t>
+  </si>
+  <si>
+    <t>Maladie de Shwachman Diamond</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints du syndrome de Shwachman Diamond (SDS). Il a été élaboré par le Centre de référence Maladies Rares : Neutropénies Chroniques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/04/2023 08:33:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3425536/fr/maladie-de-shwachman-diamond</t>
+  </si>
+  <si>
+    <t>p_3425536</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des actes de diagnostic biologique de la pneumocystose (Pneumocystis jirovecii)</t>
+  </si>
+  <si>
+    <t>La HAS a évalué les techniques de recherche directe de l’agent infectieux par les techniques microscopiques (colorations, immunofluorescence), la recherche d’ADN via les techniques d’amplification génique, ainsi que le dosage sérique de l’antigène soluble β -(1-3)- D - glucane (BG), présent dans la paroi cellulaire du microorganisme.</t>
+  </si>
+  <si>
+    <t>27/09/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>18/10/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680246/fr/evaluation-des-actes-de-diagnostic-biologique-de-la-pneumocystose-pneumocystis-jirovecii</t>
   </si>
   <si>
     <t>c_2680246</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -107,101 +140,153 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" t="s">
+        <v>23</v>
+      </c>
+      <c r="E4" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" t="s">
+        <v>26</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>