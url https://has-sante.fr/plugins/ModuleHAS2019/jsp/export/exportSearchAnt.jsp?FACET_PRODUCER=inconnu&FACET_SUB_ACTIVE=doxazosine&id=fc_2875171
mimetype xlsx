--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -35,90 +35,90 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>03/01/2003 16:51:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge diagnostique et thérapeutique de l’hypertrophie bénigne de la prostate</t>
+  </si>
+  <si>
+    <t>Les recommandations concernent le diagnostic et la prise en charge thérapeutique de l'hypertrophie bénigne de la prostate (HBP) non compliquée chez l'homme de plus de 50 ans. Elles n'abordent pas les stratégies de diagnostic différentiel en cas de troubles urinaires du bas appareil.</t>
+  </si>
+  <si>
+    <t>01/03/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/03/2003 16:51:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272237/en/diagnosis-and-treatment-of-benign-prostatic-hyperplasia</t>
+    <t>https://www.has-sante.fr/jcms/c_272237/fr/prise-en-charge-diagnostique-et-therapeutique-de-l-hypertrophie-benigne-de-la-prostate</t>
   </si>
   <si>
     <t>c_272237</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...8 lines deleted...]
-    <t>11/13/2013 00:00:00</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Traitement des symptômes du bas appareil urinaire liés à l’hypertrophie bénigne de la prostate par laser – Rapport d’évaluation technologique</t>
+  </si>
+  <si>
+    <t>L'objectif de ce travail est d'évaluer et de comparer l’efficacité, la sécurité et le coût des techniques lasers les plus utilisées en France (photovaporisation sélective de la prostate par LASER (PVPS)) et à l’étranger (l’énucléation par LASER à l’Holmium (HoLEP)) par rapport aux techniques classiques (la résection trans-urétrale de la prostate [RTUP] et l’adénomectomie par voie haute [AVH])</t>
+  </si>
+  <si>
+    <t>13/11/2013 00:00:00</t>
   </si>
   <si>
     <t>12/12/2013 11:54:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_827591/en/laser-treatment-of-lower-urinary-tract-symptoms-associated-with-benign-prostatic</t>
+    <t>https://www.has-sante.fr/jcms/c_827591/fr/traitement-des-symptomes-du-bas-appareil-urinaire-lies-a-l-hypertrophie-benigne-de-la-prostate-par-laser-rapport-d-evaluation-technologique</t>
   </si>
   <si>
     <t>c_827591</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>