--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -9,199 +9,1054 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="184" uniqueCount="119">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>11/29/2021 15:10:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Vaccination des personnes vivant avec le VIH</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
+    <t>10/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>21/07/2025 17:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3635651/fr/vaccination-des-personnes-vivant-avec-le-vih</t>
+  </si>
+  <si>
+    <t>p_3635651</t>
+  </si>
+  <si>
+    <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
+  </si>
+  <si>
+    <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
+  </si>
+  <si>
+    <t>24/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>29/11/2021 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
   </si>
   <si>
     <t>p_3301328</t>
+  </si>
+  <si>
+    <t>Doxycycline en prévention des infections sexuellement transmissibles bactériennes</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l’Agence nationale de recherches sur le VIH/sida, les hépatites virales, la tuberculose, les infections sexuellement transmissibles et les maladies infectieuses émergentes (ANRS MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration de recommandations françaises sur l’utilisation de la doxycycline en prévention des infections sexuellement transmissibles bactériennes. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>23/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/01/2025 08:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3586490/fr/doxycycline-en-prevention-des-infections-sexuellement-transmissibles-bacteriennes</t>
+  </si>
+  <si>
+    <t>p_3586490</t>
+  </si>
+  <si>
+    <t>Traitement préventif pré-exposition de l’infection par le VIH</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes vivant avec le VIH (PVVIH). L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>06/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>06/08/2024 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536524/fr/traitement-preventif-pre-exposition-de-l-infection-par-le-vih</t>
+  </si>
+  <si>
+    <t>p_3536524</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Lupus Systémique de l'adulte et de l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lupus systémique (LS). Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493410/fr/lupus-systemique-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3493410</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>La notification au(x) partenaire(s)</t>
+  </si>
+  <si>
+    <t>Suite à la publication par le Conseil national du sida et des hépatites virales (CNS) d’un avis suivi de recommandations sur la notification aux partenaires (NP) en février 2018, la Direction générale de la santé (DGS) a demandé à la HAS d’élaborer des recommandations pour préciser les objectifs et les conditions de réalisation de l’accompagnement à la NP. Cette demande s’inscrit également dans la Stratégie nationale de santé sexuelle 2017-2030.</t>
+  </si>
+  <si>
+    <t>02/02/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>09/03/2023 11:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187510/fr/la-notification-au-x-partenaire-s</t>
+  </si>
+  <si>
+    <t>p_3187510</t>
+  </si>
+  <si>
+    <t>Dystrophie musculaire oculopharyngée</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de dystrophie musculaire oculopharyngée. Il a été élaboré par le Centre de référence des maladies neuromusculaires Atlantique Occitanie Caraïbes (AOC) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374041/fr/dystrophie-musculaire-oculopharyngee</t>
+  </si>
+  <si>
+    <t>p_3374041</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme en post-partum</t>
+  </si>
+  <si>
+    <t>Il est important d’aborder la contraception et d’informer les femmes sur les méthodes possibles au cours de la grossesse et de la proposer en post-partum immédiat. La consultation du post-partum (6 à 8 semaines après l’accouchement) doit permettre de confirmer le choix contraceptif, son renouvellement éventuel, sa surveillance ou la pose d’un dispositif de longue durée (DIU, implant).</t>
+  </si>
+  <si>
+    <t>10/07/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1369193/fr/contraception-chez-la-femme-en-post-partum</t>
+  </si>
+  <si>
+    <t>c_1369193</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme à risque cardiovasculaire</t>
+  </si>
+  <si>
+    <t>La contraception chez une femme à risque cardiovasculaire n’est pas une prescription anodine. La Haute Autorité de santé (HAS) publie une nouvelle fiche mémo pour aider les professionnels de santé à proposer la contraception la plus adaptée aux contre indications présentées : antécédents, pathologies ou facteurs de risque. Cette fiche est fondée sur les critères établis par l’Organisation mondiale de la santé adaptés au contexte français.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638478/fr/contraception-chez-la-femme-a-risque-cardiovasculaire</t>
+  </si>
+  <si>
+    <t>c_1638478</t>
+  </si>
+  <si>
+    <t>Contraception hormonale orale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>Ces fiches mémo visent à fournir aux pharmaciens d’officine des outils afin de les aider à la dispensation d’une contraception hormonale régulière ou d’une contraception d’urgence aux femmes et adolescentes.</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720982/fr/contraception-hormonale-orale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1720982</t>
+  </si>
+  <si>
+    <t>Contraception : prescriptions et conseils aux femmes</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes/les hommes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752432/fr/contraception-prescriptions-et-conseils-aux-femmes</t>
+  </si>
+  <si>
+    <t>c_1752432</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme adulte et de l'adolescente en âge de procréer (hors post-partum et post-IVG)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752542/fr/contraception-chez-la-femme-adulte-et-de-l-adolescente-en-age-de-procreer-hors-post-partum-et-post-ivg</t>
+  </si>
+  <si>
+    <t>c_1752542</t>
+  </si>
+  <si>
+    <t>Stérilisation à visée contraceptive chez l’homme et chez la femme</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752765/fr/sterilisation-a-visee-contraceptive-chez-l-homme-et-chez-la-femme</t>
+  </si>
+  <si>
+    <t>c_1752765</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme après une interruption volontaire de grossesse (IVG)</t>
+  </si>
+  <si>
+    <t>La reprise de la fertilité après une IVG est immédiate ; une contraception efficace est donc indispensable dès la réalisation de l’IVG. Une information sur la contraception doit être délivrée lors de la consultation pré-IVG.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753312/fr/contraception-chez-la-femme-apres-une-interruption-volontaire-de-grossesse-ivg</t>
+  </si>
+  <si>
+    <t>c_1753312</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1754842/fr/contraception-d-urgence</t>
+  </si>
+  <si>
+    <t>c_1754842</t>
+  </si>
+  <si>
+    <t>Contraception chez l’homme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757909/fr/contraception-chez-l-homme</t>
+  </si>
+  <si>
+    <t>c_1757909</t>
+  </si>
+  <si>
+    <t>Contraception estroprogestative transdermique ou vaginale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759931/fr/contraception-estroprogestative-transdermique-ou-vaginale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759931</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759990/fr/contraception-d-urgence-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759990</t>
+  </si>
+  <si>
+    <t>Hygiène et prévention du risque infectieux en cabinet médical ou paramédical</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif la réduction des infections transmises lors d’actes de soin, notamment par les dispositifs médicaux, la réduction des infections croisées et le contrôle du risque infectieux lié à l’environnement.</t>
+  </si>
+  <si>
+    <t>21/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>27/11/2007 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_607182/fr/hygiene-et-prevention-du-risque-infectieux-en-cabinet-medical-ou-paramedical</t>
+  </si>
+  <si>
+    <t>c_607182</t>
+  </si>
+  <si>
+    <t>Évaluation a priori du dépistage de la syphilis en France</t>
+  </si>
+  <si>
+    <t>Évaluer, au vu des dernières données épidémiologiques montrant une recrudescence de la maladie, l’opportunité du dépistage de la syphilis en France et préciser ses modalités : quelle population dépister et à quelle fréquence ? Comment utiliser les multiples tests disponibles ? Comment optimiser la surveillance épidémiologique, la sensibilisation des personnes concernées par le dépistage, l’utilisation des différentes structures de dépistage et la notification des partenaires des patients dépistés et diagnostiqués positifs ?</t>
+  </si>
+  <si>
+    <t>23/05/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2007 15:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_548127/fr/evaluation-a-priori-du-depistage-de-la-syphilis-en-france</t>
+  </si>
+  <si>
+    <t>c_548127</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Diagnostic biologique des mycoplasmes urogénitaux dans les infections génitales basses – Rapport d'évaluation - Actualisation d'avril 2025</t>
+  </si>
+  <si>
+    <t>Mycoplasme ; Mycoplasma genitalium ; Mycoplasma hominis ; Ureaplasma urealyticum ; Ureaplasma parvum ; infection sexuellement transmissible ; infection génitale basse ; cervicite ; urétrite ; antibiorésistance ; macrolides ; mutations de résistance</t>
+  </si>
+  <si>
+    <t>10/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>14/05/2025 09:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356494/fr/diagnostic-biologique-des-mycoplasmes-urogenitaux-dans-les-infections-genitales-basses-rapport-d-evaluation-actualisation-d-avril-2025</t>
+  </si>
+  <si>
+    <t>p_3356494</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Efficacité des méthodes contraceptives</t>
+  </si>
+  <si>
+    <t>17/05/2014 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757924/fr/efficacite-des-methodes-contraceptives</t>
+  </si>
+  <si>
+    <t>c_1757924</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H23"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>17</v>
+      </c>
+      <c r="E3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F3" t="s">
+        <v>10</v>
+      </c>
+      <c r="G3" t="s">
+        <v>19</v>
+      </c>
+      <c r="H3" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" t="s">
+        <v>23</v>
+      </c>
+      <c r="E4" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" t="s">
+        <v>10</v>
+      </c>
+      <c r="G4" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C5" t="s">
+        <v>28</v>
+      </c>
+      <c r="D5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E5" t="s">
+        <v>30</v>
+      </c>
+      <c r="F5" t="s">
+        <v>10</v>
+      </c>
+      <c r="G5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H5" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>33</v>
+      </c>
+      <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
+        <v>35</v>
+      </c>
+      <c r="D6" t="s">
+        <v>36</v>
+      </c>
+      <c r="E6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G6" t="s">
+        <v>38</v>
+      </c>
+      <c r="H6" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>40</v>
+      </c>
+      <c r="B7" t="s">
+        <v>41</v>
+      </c>
+      <c r="C7" t="s">
+        <v>42</v>
+      </c>
+      <c r="D7" t="s">
+        <v>43</v>
+      </c>
+      <c r="E7" t="s">
+        <v>44</v>
+      </c>
+      <c r="F7" t="s">
+        <v>10</v>
+      </c>
+      <c r="G7" t="s">
+        <v>45</v>
+      </c>
+      <c r="H7" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>33</v>
+      </c>
+      <c r="B8" t="s">
+        <v>47</v>
+      </c>
+      <c r="C8" t="s">
+        <v>48</v>
+      </c>
+      <c r="D8" t="s">
+        <v>10</v>
+      </c>
+      <c r="E8" t="s">
+        <v>49</v>
+      </c>
+      <c r="F8" t="s">
+        <v>10</v>
+      </c>
+      <c r="G8" t="s">
+        <v>50</v>
+      </c>
+      <c r="H8" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>52</v>
+      </c>
+      <c r="C9" t="s">
+        <v>53</v>
+      </c>
+      <c r="D9" t="s">
+        <v>54</v>
+      </c>
+      <c r="E9" t="s">
+        <v>55</v>
+      </c>
+      <c r="F9" t="s">
+        <v>10</v>
+      </c>
+      <c r="G9" t="s">
+        <v>56</v>
+      </c>
+      <c r="H9" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>58</v>
+      </c>
+      <c r="C10" t="s">
+        <v>59</v>
+      </c>
+      <c r="D10" t="s">
+        <v>54</v>
+      </c>
+      <c r="E10" t="s">
+        <v>55</v>
+      </c>
+      <c r="F10" t="s">
+        <v>10</v>
+      </c>
+      <c r="G10" t="s">
+        <v>60</v>
+      </c>
+      <c r="H10" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
+        <v>62</v>
+      </c>
+      <c r="C11" t="s">
+        <v>63</v>
+      </c>
+      <c r="D11" t="s">
+        <v>54</v>
+      </c>
+      <c r="E11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F11" t="s">
+        <v>10</v>
+      </c>
+      <c r="G11" t="s">
+        <v>65</v>
+      </c>
+      <c r="H11" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B12" t="s">
+        <v>67</v>
+      </c>
+      <c r="C12" t="s">
+        <v>68</v>
+      </c>
+      <c r="D12" t="s">
+        <v>54</v>
+      </c>
+      <c r="E12" t="s">
+        <v>64</v>
+      </c>
+      <c r="F12" t="s">
+        <v>10</v>
+      </c>
+      <c r="G12" t="s">
+        <v>69</v>
+      </c>
+      <c r="H12" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>8</v>
+      </c>
+      <c r="B13" t="s">
+        <v>71</v>
+      </c>
+      <c r="C13" t="s">
+        <v>68</v>
+      </c>
+      <c r="D13" t="s">
+        <v>54</v>
+      </c>
+      <c r="E13" t="s">
+        <v>55</v>
+      </c>
+      <c r="F13" t="s">
+        <v>10</v>
+      </c>
+      <c r="G13" t="s">
+        <v>72</v>
+      </c>
+      <c r="H13" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>8</v>
+      </c>
+      <c r="B14" t="s">
+        <v>74</v>
+      </c>
+      <c r="C14" t="s">
+        <v>75</v>
+      </c>
+      <c r="D14" t="s">
+        <v>54</v>
+      </c>
+      <c r="E14" t="s">
+        <v>64</v>
+      </c>
+      <c r="F14" t="s">
+        <v>10</v>
+      </c>
+      <c r="G14" t="s">
+        <v>76</v>
+      </c>
+      <c r="H14" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" t="s">
+        <v>78</v>
+      </c>
+      <c r="C15" t="s">
+        <v>79</v>
+      </c>
+      <c r="D15" t="s">
+        <v>54</v>
+      </c>
+      <c r="E15" t="s">
+        <v>64</v>
+      </c>
+      <c r="F15" t="s">
+        <v>10</v>
+      </c>
+      <c r="G15" t="s">
+        <v>80</v>
+      </c>
+      <c r="H15" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>8</v>
+      </c>
+      <c r="B16" t="s">
+        <v>82</v>
+      </c>
+      <c r="C16" t="s">
+        <v>83</v>
+      </c>
+      <c r="D16" t="s">
+        <v>54</v>
+      </c>
+      <c r="E16" t="s">
+        <v>55</v>
+      </c>
+      <c r="F16" t="s">
+        <v>10</v>
+      </c>
+      <c r="G16" t="s">
+        <v>84</v>
+      </c>
+      <c r="H16" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>8</v>
+      </c>
+      <c r="B17" t="s">
+        <v>86</v>
+      </c>
+      <c r="C17" t="s">
+        <v>68</v>
+      </c>
+      <c r="D17" t="s">
+        <v>54</v>
+      </c>
+      <c r="E17" t="s">
+        <v>55</v>
+      </c>
+      <c r="F17" t="s">
+        <v>10</v>
+      </c>
+      <c r="G17" t="s">
+        <v>87</v>
+      </c>
+      <c r="H17" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>8</v>
+      </c>
+      <c r="B18" t="s">
+        <v>89</v>
+      </c>
+      <c r="C18" t="s">
+        <v>63</v>
+      </c>
+      <c r="D18" t="s">
+        <v>54</v>
+      </c>
+      <c r="E18" t="s">
+        <v>64</v>
+      </c>
+      <c r="F18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G18" t="s">
+        <v>90</v>
+      </c>
+      <c r="H18" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>8</v>
+      </c>
+      <c r="B19" t="s">
+        <v>92</v>
+      </c>
+      <c r="C19" t="s">
+        <v>63</v>
+      </c>
+      <c r="D19" t="s">
+        <v>54</v>
+      </c>
+      <c r="E19" t="s">
+        <v>64</v>
+      </c>
+      <c r="F19" t="s">
+        <v>10</v>
+      </c>
+      <c r="G19" t="s">
+        <v>93</v>
+      </c>
+      <c r="H19" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>8</v>
+      </c>
+      <c r="B20" t="s">
+        <v>95</v>
+      </c>
+      <c r="C20" t="s">
+        <v>96</v>
+      </c>
+      <c r="D20" t="s">
+        <v>97</v>
+      </c>
+      <c r="E20" t="s">
+        <v>98</v>
+      </c>
+      <c r="F20" t="s">
+        <v>10</v>
+      </c>
+      <c r="G20" t="s">
+        <v>99</v>
+      </c>
+      <c r="H20" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>40</v>
+      </c>
+      <c r="B21" t="s">
+        <v>101</v>
+      </c>
+      <c r="C21" t="s">
+        <v>102</v>
+      </c>
+      <c r="D21" t="s">
+        <v>103</v>
+      </c>
+      <c r="E21" t="s">
+        <v>104</v>
+      </c>
+      <c r="F21" t="s">
+        <v>10</v>
+      </c>
+      <c r="G21" t="s">
+        <v>105</v>
+      </c>
+      <c r="H21" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>107</v>
+      </c>
+      <c r="B22" t="s">
+        <v>108</v>
+      </c>
+      <c r="C22" t="s">
+        <v>109</v>
+      </c>
+      <c r="D22" t="s">
+        <v>110</v>
+      </c>
+      <c r="E22" t="s">
+        <v>111</v>
+      </c>
+      <c r="F22" t="s">
+        <v>10</v>
+      </c>
+      <c r="G22" t="s">
+        <v>112</v>
+      </c>
+      <c r="H22" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>114</v>
+      </c>
+      <c r="B23" t="s">
+        <v>115</v>
+      </c>
+      <c r="C23" t="s">
+        <v>10</v>
+      </c>
+      <c r="D23" t="s">
+        <v>10</v>
+      </c>
+      <c r="E23" t="s">
+        <v>116</v>
+      </c>
+      <c r="F23" t="s">
+        <v>10</v>
+      </c>
+      <c r="G23" t="s">
+        <v>117</v>
+      </c>
+      <c r="H23" t="s">
+        <v>118</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>