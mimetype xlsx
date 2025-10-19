--- v0 (2025-10-19)
+++ v1 (2025-10-19)
@@ -9,95 +9,137 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="30">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>05/25/2016 10:28:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Évaluation de la pertinence d'un dépistage systématique de l'infection à cytomégalovirus (CMV) au cours de la grossesse</t>
+  </si>
+  <si>
+    <t>La HAS a évalué la pertinence d’un dépistage systématique de l’infection à CMV chez la femme enceinte. La HAS recommande de mettre en place un dépistage systématique national du CMV pour toutes les femmes enceintes dont le statut sérologique est négatif ou inconnu, avec une réévaluation du dispositif après trois ans de mise en œuvre. La poursuite de ce dispositif dépendra d’une évaluation fondée sur des données scientifiques complémentaires incluant l’efficacité du dépistage, l’impact sur la prévention des formes graves dont les séquelles neurosensorielles, et la tolérance du traitement antiviral. Celles-ci devront être produites via des études spécifiques, des systèmes d’information adaptés ou l’ajustement des dispositifs existants, afin de répondre aux incertitudes identifiées lors de l’évaluation de la HAS.</t>
+  </si>
+  <si>
+    <t>05/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>17/06/2025 16:33:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2589724/en/diagnosis-of-infections-with-the-herpes-simplex-virus-and-the-varicella-zoster-virus-by-virus-detection-and/or-serology-in-the-mother/child-setting-inahta-brief</t>
+    <t>https://www.has-sante.fr/jcms/p_3587389/fr/evaluation-de-la-pertinence-d-un-depistage-systematique-de-l-infection-a-cytomegalovirus-cmv-au-cours-de-la-grossesse</t>
+  </si>
+  <si>
+    <t>p_3587389</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Actualisation des recommandations et obligations vaccinales des professionnels</t>
+  </si>
+  <si>
+    <t>La HAS préconise qu’une obligation d’immunisation contre la rougeole soit mise en place pour les étudiants et professionnels pour lesquels cette vaccination est actuellement recommandée. En l’absence de disponibilité d’un vaccin rougeole non combiné, la HAS préconise ainsi que l’administration de deux doses de vaccin trivalent ROR soit rendue obligatoire en milieu professionnel pour les personnes non vaccinées et sans antécédent documenté de rougeole. La HAS préconise également de maintenir les recommandations de vaccination contre la coqueluche, la grippe, l’hépatite A, et la varicelle.</t>
+  </si>
+  <si>
+    <t>27/07/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>31/07/2023 11:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456351/fr/actualisation-des-recommandations-et-obligations-vaccinales-des-professionnels</t>
+  </si>
+  <si>
+    <t>p_3456351</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Diagnostic par détection virale et/ou sérologie des infections à virus herpes simplex et varicelle-zona dans le cadre mère-enfant</t>
+  </si>
+  <si>
+    <t>Évaluation des tests relatifs au diagnostic des infections à virus herpes simplex de types 1 et 2 (HSV-1/-2) et varicelle-zona (VZV) dans le cadre de la transmission mère-enfant de ces virus : détection du génome de ces virus par PCR dans différents contextes et prélèvements, diagnostic immunologique direct (détection d’antigènes viraux par immunofluorescence ou méthode immunoenzymatique), cultures orientée et non orientée, recherches sérologiques (IgM et IgG anti-VZV, IgM et IgG anti-HSV-1/-2 non spécifiques de type, IgG anti-HSV-1 et -2 spécifiques de type)</t>
+  </si>
+  <si>
+    <t>04/05/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>25/05/2016 10:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2589724/fr/diagnostic-par-detection-virale-et/ou-serologie-des-infections-a-virus-herpes-simplex-et-varicelle-zona-dans-le-cadre-mere-enfant</t>
   </si>
   <si>
     <t>c_2589724</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -107,51 +149,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +207,95 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>21</v>
+      </c>
+      <c r="H3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>23</v>
+      </c>
+      <c r="B4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C4" t="s">
+        <v>25</v>
+      </c>
+      <c r="D4" t="s">
+        <v>26</v>
+      </c>
+      <c r="E4" t="s">
+        <v>27</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H4" t="s">
+        <v>29</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>