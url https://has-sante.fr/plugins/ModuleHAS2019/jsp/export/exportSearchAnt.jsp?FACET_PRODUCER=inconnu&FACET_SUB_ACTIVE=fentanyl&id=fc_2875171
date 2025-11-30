--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -9,149 +9,302 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="85">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>01/25/2018 14:18:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge de la douleur de l’accouchement : analgésie périmédullaire et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’objectif de ces recommandations « Prise en charge de la douleur de l’accouchement : analgésie périmédullaire et alternatives médicamenteuses » est d’améliorer, à toutes les étapes, la qualité et la sécurité de la prise en charge de la douleur de l’accouchement pour la mère et l’enfant à naître.</t>
+  </si>
+  <si>
+    <t>30/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>31/05/2024 08:26:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2820336/en/normal-childbirth-support-of-physiology-and-medical-interventions</t>
+    <t>https://www.has-sante.fr/jcms/p_3519414/fr/prise-en-charge-de-la-douleur-de-l-accouchement-analgesie-perimedullaire-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>p_3519414</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur. Il a été élaboré par la Filière de santé maladies rares MCGRE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_938890</t>
+  </si>
+  <si>
+    <t>Prise en charge de la Rétinopathie du prématuré</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des prématurés nécessitant un traitement pour une ROP. Il a été élaboré par le Centre de Référence des Maladies Rares en Ophtalmologie – OPHTARA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2024 08:36:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493096/fr/prise-en-charge-de-la-retinopathie-du-premature</t>
+  </si>
+  <si>
+    <t>p_3493096</t>
+  </si>
+  <si>
+    <t>Accouchement normal : accompagnement de la physiologie et interventions médicales</t>
+  </si>
+  <si>
+    <t>Définir pour les femmes à bas risque obstétrical les modalités de prise en charge respectueuses du rythme et du déroulement spontané de la naissance et des préférences des femmes. Améliorer et garantir la qualité et la sécurité des soins de la mère et du nouveau-né.</t>
+  </si>
+  <si>
+    <t>23/11/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>25/01/2018 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820336/fr/accouchement-normal-accompagnement-de-la-physiologie-et-interventions-medicales</t>
   </si>
   <si>
     <t>c_2820336</t>
   </si>
   <si>
-    <t>Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272030/en/assessment-and-management-of-acute-pain-in-paediatric-outpatients-aged-between-1-month-and-15-years</t>
+    <t>Syndrome de Gitelman</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Gitelman. Il a été élaboré par les Centres de Référence MARHEA Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392050/fr/syndrome-de-gitelman</t>
+  </si>
+  <si>
+    <t>p_3392050</t>
+  </si>
+  <si>
+    <t>Bon usage des médicaments opioïdes : antalgie, prévention et prise en charge du trouble de l’usage et des surdoses</t>
+  </si>
+  <si>
+    <t>Le soulagement de la douleur est une priorité de santé publique. Les opioïdes peuvent y contribuer. Les enjeux de cette recommandation sur le bon usage des médicaments opioïdes et de sécuriser au mieux la prescription pour réduire le risque de dépendance et de trouble de l’usage pouvant provoquer une surdose, voire un décès.</t>
+  </si>
+  <si>
+    <t>10/03/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>24/03/2022 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215131/fr/bon-usage-des-medicaments-opioides-antalgie-prevention-et-prise-en-charge-du-trouble-de-l-usage-et-des-surdoses</t>
+  </si>
+  <si>
+    <t>p_3215131</t>
+  </si>
+  <si>
+    <t>Nécrolyses épidermiques chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint du syndrome de Stevens-Johnson (SJS) ou de Lyell/nécrolyse épidermique toxique (NET). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299789/fr/necrolyses-epidermiques-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3299789</t>
+  </si>
+  <si>
+    <t>Épidermolyses bulleuses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un malade atteint d’épidermolyse bulleuse héréditaire (EBH). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028188/fr/epidermolyses-bulleuses-hereditaires</t>
+  </si>
+  <si>
+    <t>c_2028188</t>
+  </si>
+  <si>
+    <t>Antalgie des douleurs rebelles et pratiques sédatives chez l'adulte : prise en charge médicamenteuse en situations palliatives jusqu’en fin de vie</t>
+  </si>
+  <si>
+    <t>Des travaux pour aider les professionnels de santé à prendre en charge les patients en fin de vie dans les conditions les plus humaines et les moins douloureuses possibles. Ces travaux s'inscrivent dans le contexte de mise en œuvre de la loi Claeys-Leonetti du 2 février 2016 créant un droit à la sédation profonde et continue, maintenue jusqu’au décès.</t>
+  </si>
+  <si>
+    <t>29/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2020 00:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3150631/fr/antalgie-des-douleurs-rebelles-et-pratiques-sedatives-chez-l-adulte-prise-en-charge-medicamenteuse-en-situations-palliatives-jusqu-en-fin-de-vie</t>
+  </si>
+  <si>
+    <t>p_3150631</t>
+  </si>
+  <si>
+    <t>Évaluation et stratégies de prise en charge de la douleur aiguë en ambulatoire chez l'enfant de 1 mois à 15 ans</t>
+  </si>
+  <si>
+    <t>Les questions traitées sont les suivantes :# 1. Pourquoi faut-il traiter la douleur ?# 2. Quels sont les moyens d'identification et les outils d'évaluation de la douleur aiguë ?# 3. Quels sont les moyens de lutte contre la douleur aiguë ?# 4. Quelles sont les stratégies de prise en charge de la douleur aiguë lors de pathologies courantes en pédiatrie, lors d'un traumatisme récent et lors de douleur exogène provoquée par les soins ?#</t>
+  </si>
+  <si>
+    <t>01/03/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272030/fr/evaluation-et-strategies-de-prise-en-charge-de-la-douleur-aigue-en-ambulatoire-chez-l-enfant-de-1-mois-a-15-ans</t>
   </si>
   <si>
     <t>c_272030</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3445536/en/evaluation-of-high-intensity-focused-ultrasound-hifu-for-the-treatment-of-symptomatic-uterine-fibroids-brief-inahta</t>
+    <t>Évaluation et prise en charge thérapeutique de la douleur chez les personnes âgées ayant des troubles de la communication verbale</t>
+  </si>
+  <si>
+    <t>Élaborer des recommandations concernant l'évaluation et le traitement de la douleur chez les personnes âgées ayant des troubles de la communication verbale.</t>
+  </si>
+  <si>
+    <t>01/10/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>01/10/2000 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272123/fr/evaluation-et-prise-en-charge-therapeutique-de-la-douleur-chez-les-personnes-agees-ayant-des-troubles-de-la-communication-verbale</t>
+  </si>
+  <si>
+    <t>c_272123</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des ultrasons focalisés de haute intensité pour le traitement des fibromes utérins symptomatiques – Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Rapport d’évaluation du traitement des fibromes utérins symptomatiques par ultrasons focalisés de haute intensité selon deux modalités de guidage : guidage par échographie (USgHIFU) et guidage par IRM (MRgHIFU)</t>
+  </si>
+  <si>
+    <t>18/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>24/07/2024 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3445536/fr/evaluation-des-ultrasons-focalises-de-haute-intensite-pour-le-traitement-des-fibromes-uterins-symptomatiques-rapport-d-evaluation</t>
   </si>
   <si>
     <t>p_3445536</t>
   </si>
   <si>
-    <t>Assesment of homeopathic medicines</t>
+    <t>Évaluation des médicaments homéopathiques</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>06/26/2019 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>07/09/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -161,51 +314,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -221,119 +374,353 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="B4" t="s">
         <v>22</v>
       </c>
       <c r="C4" t="s">
         <v>23</v>
       </c>
       <c r="D4" t="s">
         <v>24</v>
       </c>
       <c r="E4" t="s">
         <v>25</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>28</v>
       </c>
       <c r="C5" t="s">
         <v>29</v>
       </c>
       <c r="D5" t="s">
         <v>30</v>
       </c>
       <c r="E5" t="s">
         <v>31</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>32</v>
       </c>
       <c r="H5" t="s">
         <v>33</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
+        <v>35</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>36</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>37</v>
+      </c>
+      <c r="H6" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>39</v>
+      </c>
+      <c r="C7" t="s">
+        <v>40</v>
+      </c>
+      <c r="D7" t="s">
+        <v>41</v>
+      </c>
+      <c r="E7" t="s">
+        <v>42</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>43</v>
+      </c>
+      <c r="H7" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>16</v>
+      </c>
+      <c r="B8" t="s">
+        <v>45</v>
+      </c>
+      <c r="C8" t="s">
+        <v>46</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>47</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H8" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>16</v>
+      </c>
+      <c r="B9" t="s">
+        <v>50</v>
+      </c>
+      <c r="C9" t="s">
+        <v>51</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>52</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>53</v>
+      </c>
+      <c r="H9" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>55</v>
+      </c>
+      <c r="C10" t="s">
+        <v>56</v>
+      </c>
+      <c r="D10" t="s">
+        <v>57</v>
+      </c>
+      <c r="E10" t="s">
+        <v>58</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>59</v>
+      </c>
+      <c r="H10" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
+        <v>61</v>
+      </c>
+      <c r="C11" t="s">
+        <v>62</v>
+      </c>
+      <c r="D11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E11" t="s">
+        <v>63</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>64</v>
+      </c>
+      <c r="H11" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B12" t="s">
+        <v>66</v>
+      </c>
+      <c r="C12" t="s">
+        <v>67</v>
+      </c>
+      <c r="D12" t="s">
+        <v>68</v>
+      </c>
+      <c r="E12" t="s">
+        <v>69</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>70</v>
+      </c>
+      <c r="H12" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>72</v>
+      </c>
+      <c r="B13" t="s">
+        <v>73</v>
+      </c>
+      <c r="C13" t="s">
+        <v>74</v>
+      </c>
+      <c r="D13" t="s">
+        <v>75</v>
+      </c>
+      <c r="E13" t="s">
+        <v>76</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>77</v>
+      </c>
+      <c r="H13" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>72</v>
+      </c>
+      <c r="B14" t="s">
+        <v>79</v>
+      </c>
+      <c r="C14" t="s">
+        <v>80</v>
+      </c>
+      <c r="D14" t="s">
+        <v>81</v>
+      </c>
+      <c r="E14" t="s">
+        <v>82</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>83</v>
+      </c>
+      <c r="H14" t="s">
+        <v>84</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>