--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -9,167 +9,149 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...11 lines deleted...]
-    <t>29/11/2021 15:10:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Oral and dental care of patients at risk of infective endocarditis</t>
+  </si>
+  <si>
+    <t>The dental care of patients at risk of infective endocarditis is multidisciplinary and complex. The dental treatment options are limited in high-risk patients, with some oral and dental procedures currently contraindicated in the French guidelines, which are old (ANSM 2011). The purpose of the updated guidelines is to define patients at high or intermediate risk of infective endocarditis, to improve the dental care of patients at high risk of infective endocarditis, based on a critical review of the literature, which has led to an increase in the number of authorised invasive procedures (with or without antibiotic prophylaxis), and to reduce the number of situations requiring tooth extractions.</t>
+  </si>
+  <si>
+    <t>10/24/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/29/2021 15:10:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
+    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
   </si>
   <si>
     <t>p_3301328</t>
-  </si>
-[...16 lines deleted...]
-    <t>c_1252051</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -183,69 +165,43 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="3">
-[...24 lines deleted...]
-    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>