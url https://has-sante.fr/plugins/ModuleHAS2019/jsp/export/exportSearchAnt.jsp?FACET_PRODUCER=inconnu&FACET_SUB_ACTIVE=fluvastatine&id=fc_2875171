--- v0 (2025-12-03)
+++ v1 (2026-03-05)
@@ -9,86 +9,101 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="27">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Hypercholestérolémie Familiale Homozygote</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HFHo. Il a été élaboré par le Centre d’Expertise des Dyslipidémies Rares (CEDRA) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>26/01/2026 08:38:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826396/fr/hypercholesterolemie-familiale-homozygote</t>
+  </si>
+  <si>
+    <t>p_3826396</t>
+  </si>
+  <si>
     <t>Amyotrophie bulbo-spinale liée à l’X ou maladie de Kennedy</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d’amyotrophie bulbo-spinale liée à l’X ou maladie de Kennedy.</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>22/06/2017 16:24:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2776017/fr/amyotrophie-bulbo-spinale-liee-a-l-x-ou-maladie-de-kennedy</t>
   </si>
   <si>
     <t>c_2776017</t>
   </si>
   <si>
     <t>Études et Rapports</t>
   </si>
   <si>
     <t>Résultats des IQSS - Prise en charge hospitalière de l'infarctus du myocarde</t>
   </si>
   <si>
     <t>Résultats nationaux campagne 2015 sur la prise en charge hospitalière de l‘infarctus du myocarde</t>
   </si>
   <si>
     <t>18/11/2015 00:00:00</t>
   </si>
   <si>
     <t>24/11/2015 12:00:00</t>
   </si>
@@ -125,51 +140,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -185,67 +200,93 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>15</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
         <v>20</v>
       </c>
-      <c r="H3" t="s">
+      <c r="B4" t="s">
         <v>21</v>
+      </c>
+      <c r="C4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" t="s">
+        <v>23</v>
+      </c>
+      <c r="E4" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" t="s">
+        <v>26</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>