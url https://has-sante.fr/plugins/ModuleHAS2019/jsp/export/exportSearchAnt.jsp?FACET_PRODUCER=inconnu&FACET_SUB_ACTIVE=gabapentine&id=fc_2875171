--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -9,199 +9,715 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="84">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...2 lines deleted...]
-    <t>Assesment of homeopathic medicines</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>ASMD : Maladie de Niemann-Pick de types A, B et A/B</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit en sphingomyélinase acide (ASMD). Il a été élaboré par le Centre de Référence des Maladies Lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557813/fr/asmd-maladie-de-niemann-pick-de-types-a-b-et-a/b</t>
+  </si>
+  <si>
+    <t>p_3557813</t>
+  </si>
+  <si>
+    <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur. Il a été élaboré par la Filière de santé maladies rares MCGRE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_938890</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Bon usage des médicaments opioïdes : antalgie, prévention et prise en charge du trouble de l’usage et des surdoses</t>
+  </si>
+  <si>
+    <t>Le soulagement de la douleur est une priorité de santé publique. Les opioïdes peuvent y contribuer. Les enjeux de cette recommandation sur le bon usage des médicaments opioïdes et de sécuriser au mieux la prescription pour réduire le risque de dépendance et de trouble de l’usage pouvant provoquer une surdose, voire un décès.</t>
+  </si>
+  <si>
+    <t>10/03/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>24/03/2022 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215131/fr/bon-usage-des-medicaments-opioides-antalgie-prevention-et-prise-en-charge-du-trouble-de-l-usage-et-des-surdoses</t>
+  </si>
+  <si>
+    <t>p_3215131</t>
+  </si>
+  <si>
+    <t>Nécrolyses épidermiques chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint du syndrome de Stevens-Johnson (SJS) ou de Lyell/nécrolyse épidermique toxique (NET). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299789/fr/necrolyses-epidermiques-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3299789</t>
+  </si>
+  <si>
+    <t>Épidermolyses bulleuses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un malade atteint d’épidermolyse bulleuse héréditaire (EBH). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028188/fr/epidermolyses-bulleuses-hereditaires</t>
+  </si>
+  <si>
+    <t>c_2028188</t>
+  </si>
+  <si>
+    <t>Adrénoleucodystrophie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Adrénoleucodystrophie. Il a été élaboré par le Centre de Référence Leucodystrophies et leuco-encéphalopathies rares et le Centre de Référence Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292277/fr/adrenoleucodystrophie</t>
+  </si>
+  <si>
+    <t>p_3292277</t>
+  </si>
+  <si>
+    <t>Épilepsies : Prise en charge des enfants et des adultes</t>
+  </si>
+  <si>
+    <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
+  </si>
+  <si>
+    <t>08/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2020 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
+  </si>
+  <si>
+    <t>p_3214468</t>
+  </si>
+  <si>
+    <t>Prise en charge du patient présentant une lombalgie commune</t>
+  </si>
+  <si>
+    <t>L’objectif : guider les professionnels de santé dans les différentes étapes du diagnostic et du traitement, afin de réduire le risque de chronicité de la lombalgie et de désinsertion professionnelle.</t>
+  </si>
+  <si>
+    <t>27/03/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>04/04/2019 10:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2961499/fr/prise-en-charge-du-patient-presentant-une-lombalgie-commune</t>
+  </si>
+  <si>
+    <t>c_2961499</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte</t>
+  </si>
+  <si>
+    <t>La HAS publie un guide d’appropriation des recommandations de bonne pratique publiées en février 2018 : « Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte ». Il propose aux professionnels, notamment ceux des secteurs social et médico-social travaillant auprès d’adultes autistes, un outil pratique pour leur permettre d’accompagner au mieux ces personnes.</t>
+  </si>
+  <si>
+    <t>26/03/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>26/03/2018 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2006477/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2006477</t>
+  </si>
+  <si>
+    <t>Amyotrophie bulbo-spinale liée à l’X ou maladie de Kennedy</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d’amyotrophie bulbo-spinale liée à l’X ou maladie de Kennedy.</t>
+  </si>
+  <si>
+    <t>22/06/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2776017/fr/amyotrophie-bulbo-spinale-liee-a-l-x-ou-maladie-de-kennedy</t>
+  </si>
+  <si>
+    <t>c_2776017</t>
+  </si>
+  <si>
+    <t>Évaluation et prise en charge thérapeutique de la douleur chez les personnes âgées ayant des troubles de la communication verbale</t>
+  </si>
+  <si>
+    <t>Élaborer des recommandations concernant l'évaluation et le traitement de la douleur chez les personnes âgées ayant des troubles de la communication verbale.</t>
+  </si>
+  <si>
+    <t>01/10/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>01/10/2000 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272123/fr/evaluation-et-prise-en-charge-therapeutique-de-la-douleur-chez-les-personnes-agees-ayant-des-troubles-de-la-communication-verbale</t>
+  </si>
+  <si>
+    <t>c_272123</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des médicaments homéopathiques</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>06/26/2019 00:00:00</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>07/09/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
   </si>
   <si>
     <t>p_3116594</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Interactions avec les représentants de l’industrie : Accompagner tous les acteurs</t>
+  </si>
+  <si>
+    <t>En plus de sa mission de certification de la "visite médicale" et des activités de présenation, d'information et de promotion, la HAS incite les acteurs à se saisir de la question des rencontres avec les représentants de l'industrie au sujet des produits de santé (médicaments, dispositifs médicaux) et des prestations associées. Elle met à leur disposition des études, des guides et des outils pour les accompagner. 2.14.0.0 2.14.0.0 2.14.0.0</t>
+  </si>
+  <si>
+    <t>27/09/2016 10:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1099657/fr/interactions-avec-les-representants-de-l-industrie-accompagner-tous-les-acteurs</t>
+  </si>
+  <si>
+    <t>c_1099657</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" t="s">
+        <v>23</v>
+      </c>
+      <c r="E4" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C5" t="s">
+        <v>28</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>29</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>30</v>
+      </c>
+      <c r="H5" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>32</v>
+      </c>
+      <c r="C6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>34</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>37</v>
+      </c>
+      <c r="C7" t="s">
+        <v>38</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>39</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>40</v>
+      </c>
+      <c r="H7" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>20</v>
+      </c>
+      <c r="B8" t="s">
+        <v>42</v>
+      </c>
+      <c r="C8" t="s">
+        <v>43</v>
+      </c>
+      <c r="D8" t="s">
+        <v>44</v>
+      </c>
+      <c r="E8" t="s">
+        <v>45</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>46</v>
+      </c>
+      <c r="H8" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" t="s">
+        <v>48</v>
+      </c>
+      <c r="C9" t="s">
+        <v>49</v>
+      </c>
+      <c r="D9" t="s">
+        <v>50</v>
+      </c>
+      <c r="E9" t="s">
+        <v>51</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>52</v>
+      </c>
+      <c r="H9" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>20</v>
+      </c>
+      <c r="B10" t="s">
+        <v>54</v>
+      </c>
+      <c r="C10" t="s">
+        <v>55</v>
+      </c>
+      <c r="D10" t="s">
+        <v>56</v>
+      </c>
+      <c r="E10" t="s">
+        <v>57</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>58</v>
+      </c>
+      <c r="H10" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
+        <v>60</v>
+      </c>
+      <c r="C11" t="s">
+        <v>61</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>62</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>63</v>
+      </c>
+      <c r="H11" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>20</v>
+      </c>
+      <c r="B12" t="s">
+        <v>65</v>
+      </c>
+      <c r="C12" t="s">
+        <v>66</v>
+      </c>
+      <c r="D12" t="s">
+        <v>67</v>
+      </c>
+      <c r="E12" t="s">
+        <v>68</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>69</v>
+      </c>
+      <c r="H12" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>71</v>
+      </c>
+      <c r="B13" t="s">
+        <v>72</v>
+      </c>
+      <c r="C13" t="s">
+        <v>73</v>
+      </c>
+      <c r="D13" t="s">
+        <v>74</v>
+      </c>
+      <c r="E13" t="s">
+        <v>75</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>76</v>
+      </c>
+      <c r="H13" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>78</v>
+      </c>
+      <c r="B14" t="s">
+        <v>79</v>
+      </c>
+      <c r="C14" t="s">
+        <v>80</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>81</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>82</v>
+      </c>
+      <c r="H14" t="s">
+        <v>83</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>