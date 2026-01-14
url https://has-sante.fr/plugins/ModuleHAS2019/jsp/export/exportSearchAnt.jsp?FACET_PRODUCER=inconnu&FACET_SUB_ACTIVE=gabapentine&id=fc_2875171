--- v1 (2025-11-30)
+++ v2 (2026-01-14)
@@ -9,86 +9,101 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="84">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="120" uniqueCount="89">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>19/12/2025 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
     <t>ASMD : Maladie de Niemann-Pick de types A, B et A/B</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit en sphingomyélinase acide (ASMD). Il a été élaboré par le Centre de Référence des Maladies Lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>21/11/2024 15:16:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3557813/fr/asmd-maladie-de-niemann-pick-de-types-a-b-et-a/b</t>
   </si>
   <si>
     <t>p_3557813</t>
   </si>
   <si>
     <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur. Il a été élaboré par la Filière de santé maladies rares MCGRE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>02/05/2024 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
   </si>
   <si>
     <t>c_938890</t>
   </si>
@@ -311,51 +326,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H14"/>
+  <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -397,86 +412,86 @@
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
       <c r="C3" t="s">
         <v>16</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>17</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
         <v>18</v>
       </c>
       <c r="H3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
         <v>20</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>21</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
         <v>22</v>
       </c>
-      <c r="D4" t="s">
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
         <v>23</v>
       </c>
-      <c r="E4" t="s">
+      <c r="H4" t="s">
         <v>24</v>
-      </c>
-[...7 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="B5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C5" t="s">
         <v>27</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>29</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
         <v>30</v>
       </c>
       <c r="H5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>32</v>
       </c>
       <c r="C6" t="s">
         <v>33</v>
       </c>
       <c r="D6" t="s">
@@ -501,223 +516,249 @@
       </c>
       <c r="B7" t="s">
         <v>37</v>
       </c>
       <c r="C7" t="s">
         <v>38</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
         <v>39</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
         <v>40</v>
       </c>
       <c r="H7" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>42</v>
       </c>
       <c r="C8" t="s">
         <v>43</v>
       </c>
       <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
         <v>44</v>
       </c>
-      <c r="E8" t="s">
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
         <v>45</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="H8" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B9" t="s">
+        <v>47</v>
+      </c>
+      <c r="C9" t="s">
         <v>48</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>49</v>
       </c>
-      <c r="D9" t="s">
+      <c r="E9" t="s">
         <v>50</v>
       </c>
-      <c r="E9" t="s">
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
         <v>51</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="H9" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B10" t="s">
+        <v>53</v>
+      </c>
+      <c r="C10" t="s">
         <v>54</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
         <v>55</v>
       </c>
-      <c r="D10" t="s">
+      <c r="E10" t="s">
         <v>56</v>
       </c>
-      <c r="E10" t="s">
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
         <v>57</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="H10" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
+        <v>59</v>
+      </c>
+      <c r="C11" t="s">
         <v>60</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E11" t="s">
         <v>62</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
         <v>63</v>
       </c>
       <c r="H11" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>65</v>
       </c>
       <c r="C12" t="s">
         <v>66</v>
       </c>
       <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
         <v>67</v>
       </c>
-      <c r="E12" t="s">
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
         <v>68</v>
       </c>
-      <c r="F12" t="s">
-[...2 lines deleted...]
-      <c r="G12" t="s">
+      <c r="H12" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
+        <v>25</v>
+      </c>
+      <c r="B13" t="s">
+        <v>70</v>
+      </c>
+      <c r="C13" t="s">
         <v>71</v>
       </c>
-      <c r="B13" t="s">
+      <c r="D13" t="s">
         <v>72</v>
       </c>
-      <c r="C13" t="s">
+      <c r="E13" t="s">
         <v>73</v>
       </c>
-      <c r="D13" t="s">
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
         <v>74</v>
       </c>
-      <c r="E13" t="s">
+      <c r="H13" t="s">
         <v>75</v>
-      </c>
-[...7 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
+        <v>76</v>
+      </c>
+      <c r="B14" t="s">
+        <v>77</v>
+      </c>
+      <c r="C14" t="s">
         <v>78</v>
       </c>
-      <c r="B14" t="s">
+      <c r="D14" t="s">
         <v>79</v>
       </c>
-      <c r="C14" t="s">
+      <c r="E14" t="s">
         <v>80</v>
       </c>
-      <c r="D14" t="s">
-[...2 lines deleted...]
-      <c r="E14" t="s">
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
         <v>81</v>
       </c>
-      <c r="F14" t="s">
-[...2 lines deleted...]
-      <c r="G14" t="s">
+      <c r="H14" t="s">
         <v>82</v>
       </c>
-      <c r="H14" t="s">
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
         <v>83</v>
+      </c>
+      <c r="B15" t="s">
+        <v>84</v>
+      </c>
+      <c r="C15" t="s">
+        <v>85</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>86</v>
+      </c>
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
+        <v>87</v>
+      </c>
+      <c r="H15" t="s">
+        <v>88</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>