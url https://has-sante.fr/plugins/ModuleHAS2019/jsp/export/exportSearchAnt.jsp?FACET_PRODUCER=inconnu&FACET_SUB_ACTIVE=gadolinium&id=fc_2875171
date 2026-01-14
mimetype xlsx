--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -9,290 +9,961 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="160" uniqueCount="114">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>05/03/2004 17:14:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Prise en charge de la Maladie de Coats</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients nécessitant un traitement pour une maladie de Coats. Il a été élaboré par le Centre de Référence des Maladies Rares en Ophtalmologie – OPHTARA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272368/en/diagnosis-and-immediate-management-of-transient-ischaemic-attacks-tias-in-adults</t>
+    <t>21/01/2025 09:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3579042/fr/prise-en-charge-de-la-maladie-de-coats</t>
+  </si>
+  <si>
+    <t>p_3579042</t>
+  </si>
+  <si>
+    <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur. Il a été élaboré par la Filière de santé maladies rares MCGRE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_938890</t>
+  </si>
+  <si>
+    <t>Syndrome de Gitelman</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Gitelman. Il a été élaboré par les Centres de Référence MARHEA Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392050/fr/syndrome-de-gitelman</t>
+  </si>
+  <si>
+    <t>p_3392050</t>
+  </si>
+  <si>
+    <t>Cholangite Sclérosante Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite sclérosante primitive (CSP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392249/fr/cholangite-sclerosante-primitive</t>
+  </si>
+  <si>
+    <t>p_3392249</t>
+  </si>
+  <si>
+    <t>Déficit hypophysaire congénital</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de déficit hypophysaire congénital. Il a été élaboré par le Centre de référence HYPO Maladies rares d’origine hypophysaire et le Centre de référence CRMERCD Maladies endocriniennes de la croissance et du développement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301031/fr/deficit-hypophysaire-congenital</t>
+  </si>
+  <si>
+    <t>p_3301031</t>
+  </si>
+  <si>
+    <t>Acromégalie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acromégalie. Il a été élaboré par le Centre de Référence des Maladies rares de l’Hypophyse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292767/fr/acromegalie</t>
+  </si>
+  <si>
+    <t>p_3292767</t>
+  </si>
+  <si>
+    <t>Thrombose Veineuse Cérébrale de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de thrombose veineuse cérébrale. Il a été élaboré par le Centre de Référence des Maladies Vasculaires Rares du Cerveau et de l’oeil à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/10/2021 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293747/fr/thrombose-veineuse-cerebrale-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3293747</t>
+  </si>
+  <si>
+    <t>Cardiomyopathie Ventriculaire Droite Arythmogène</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient ayant une Cardiomyopathie Ventriculaire Droite Arythmogène - CVDA. Il a été élaboré par le Centre de Référence Maladies Rares (CRMR) des Cardiomyopathies et des Troubles du Rythme Cardiaque Héréditaires ou Rares Sous l'égide et avec le partenariat de la Filière de Santé des maladies Cardiaques héréditaires CARDIOGEN à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293825/fr/cardiomyopathie-ventriculaire-droite-arythmogene</t>
+  </si>
+  <si>
+    <t>p_3293825</t>
+  </si>
+  <si>
+    <t>Adrénoleucodystrophie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Adrénoleucodystrophie. Il a été élaboré par le Centre de Référence Leucodystrophies et leuco-encéphalopathies rares et le Centre de Référence Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292277/fr/adrenoleucodystrophie</t>
+  </si>
+  <si>
+    <t>p_3292277</t>
+  </si>
+  <si>
+    <t>Neurofibromatose 1</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de NF1. Il a été élaboré par le Centre de référence labellisé neurofibromatoses à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/09/2021 10:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3283954/fr/neurofibromatose-1</t>
+  </si>
+  <si>
+    <t>p_3283954</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Épilepsies : Prise en charge des enfants et des adultes</t>
+  </si>
+  <si>
+    <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
+  </si>
+  <si>
+    <t>08/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2020 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
+  </si>
+  <si>
+    <t>p_3214468</t>
+  </si>
+  <si>
+    <t>Suivi post-professionnel après exposition à l'amiante</t>
+  </si>
+  <si>
+    <t>L'audition publique n'a porté que sur les seules maladies respiratoires induites par l’exposition à l’amiante. La réunion publique s'est déroulée le 19 janvier 2010.</t>
+  </si>
+  <si>
+    <t>14/04/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2012 11:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_935546/fr/suivi-post-professionnel-apres-exposition-a-l-amiante</t>
+  </si>
+  <si>
+    <t>c_935546</t>
+  </si>
+  <si>
+    <t>Prise en charge diagnostique et traitement immédiat de l’accident ischémique transitoire de l’adulte</t>
+  </si>
+  <si>
+    <t>Ces recommandations visent à : 1. Fournir une définition de l'accident ischémique transitoire (AIT) tenant compte des données actuelles de la neuro-imagerie et de la prise en charge des urgences neuro-vasculaires. 2. Préciser la valeur diagnostique des signes cliniques compatibles avec un AIT et indiquer les diagnostics différentiels à évoquer. 3. Évaluer le pronostic de l'AIT afin de préciser le délai de prise en charge diagnostique et thérapeutique. 4. Indiquer les examens complémentaires à visée diagnostique et étiologique à réaliser. 5. Indiquer le traitement immédiat à entreprendre dans l'attente du bilan étiologique. Ces recommandations sont complétées par une série de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>01/05/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>03/05/2004 17:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272368/fr/prise-en-charge-diagnostique-et-traitement-immediat-de-l-accident-ischemique-transitoire-de-l-adulte</t>
   </si>
   <si>
     <t>c_272368</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3445536/en/evaluation-of-high-intensity-focused-ultrasound-hifu-for-the-treatment-of-symptomatic-uterine-fibroids-brief-inahta</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Indications de l’échographie de contraste lors de suspicion de carcinome hépatocellulaire (CHC) chez un adulte à haut risque (cirrhose, VHB, antécédent de CHC)</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place de l’échographie de contraste au sein des stratégies de caractérisation des tumeurs hépatiques détectées chez les adultes à haut risque de carcinome hépatocellulaire (cirrhose, VHB, antécédent de CHC)</t>
+  </si>
+  <si>
+    <t>10/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>16/10/2024 09:11:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215914/fr/indications-de-l-echographie-de-contraste-lors-de-suspicion-de-carcinome-hepatocellulaire-chc-chez-un-adulte-a-haut-risque-cirrhose-vhb-antecedent-de-chc</t>
+  </si>
+  <si>
+    <t>p_3215914</t>
+  </si>
+  <si>
+    <t>Évaluation des ultrasons focalisés de haute intensité pour le traitement des fibromes utérins symptomatiques – Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Rapport d’évaluation du traitement des fibromes utérins symptomatiques par ultrasons focalisés de haute intensité selon deux modalités de guidage : guidage par échographie (USgHIFU) et guidage par IRM (MRgHIFU)</t>
+  </si>
+  <si>
+    <t>18/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>24/07/2024 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3445536/fr/evaluation-des-ultrasons-focalises-de-haute-intensite-pour-le-traitement-des-fibromes-uterins-symptomatiques-rapport-d-evaluation</t>
   </si>
   <si>
     <t>p_3445536</t>
   </si>
   <si>
-    <t>Usefulness of contrast-enhanced mammography in breast cancer diagnosis strategy - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3186760/en/usefulness-of-contrast-enhanced-mammography-in-breast-cancer-diagnosis-strategy-inahta-brief</t>
+    <t>Biopsies ciblées dans le diagnostic du cancer de la prostate – Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer la capacité des biopsies ciblées à détecter un cancer de la prostate (cliniquement significatif et non cliniquement significatif) chez les patients avec une suspicion de cancer de la prostate établie sur la base d'un toucher rectal anormal et/ou des valeurs du marqueur sérique PSA anormales ou avec des facteurs de risques familiaux ou liés à l'origine ethnique (africaine en particulier) chez : i) les patients candidats à une première série de biopsies ou ii) à des biopsies répétées (en cas de suspicion persistante de cancer de la prostate après une première série de biopsies négatives)</t>
+  </si>
+  <si>
+    <t>21/12/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>26/12/2023 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3483677/fr/biopsies-ciblees-dans-le-diagnostic-du-cancer-de-la-prostate-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3483677</t>
+  </si>
+  <si>
+    <t>Indications de l’échographie de contraste lors de suspicion de tumeur hépatique bénigne chez l’adulte sans cirrhose ni cancer</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place de l’échographie de contraste au sein des stratégies de caractérisation des tumeurs hépatiques ayant été détectées de façon fortuite chez l’adulte sans cirrhose ni cancer</t>
+  </si>
+  <si>
+    <t>16/02/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>20/02/2023 17:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215918/fr/indications-de-l-echographie-de-contraste-lors-de-suspicion-de-tumeur-hepatique-benigne-chez-l-adulte-sans-cirrhose-ni-cancer</t>
+  </si>
+  <si>
+    <t>p_3215918</t>
+  </si>
+  <si>
+    <t>Intérêt de l’angiomammographie double énergie dans la stratégie diagnostique du cancer du sein - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’acte d’angiomammographie dans la stratégie diagnostique du cancer du sein afin d’émettre un avis sur son inscription à la classification commune des actes médicaux. Le rapport d’évaluation de la HAS, destiné aux radiologues, aux sénologues et à l’Assurance maladie, a pour objectifs d’évaluer les performances diagnostiques de l’angiomammographie en comparaison à l’IRM dans certaines de ses indications (impasses diagnostiques, bilan d’extension, évaluation de la réponse à la chimiothérapie néoadjuvante) ainsi que les aspects sécuritaires (réactions à l’injection d’iode, exposition aux rayonnements ionisants), l’impact sur la thérapeutique et les aspects organisationnels.</t>
+  </si>
+  <si>
+    <t>10/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>22/11/2021 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186760/fr/interet-de-l-angiomammographie-double-energie-dans-la-strategie-diagnostique-du-cancer-du-sein-rapport-d-evaluation</t>
   </si>
   <si>
     <t>p_3186760</t>
+  </si>
+  <si>
+    <t>Évaluation de l’imagerie cardiaque non invasive dans le diagnostic des syndromes coronariens aigus non ST+ à bas risque d’évènement cardiovasculaire grave</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation était de déterminer si des examens non invasifs d’imagerie cardiaque pouvaient être réalisés chez des patients présentant un syndrome coronarien aigu (SCA) non ST+ à bas risque d’évènement cardiovasculaire grave, et un risque d’ischémie intermédiaire.</t>
+  </si>
+  <si>
+    <t>18/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2015 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_830007/fr/evaluation-de-l-imagerie-cardiaque-non-invasive-dans-le-diagnostic-des-syndromes-coronariens-aigus-non-st-a-bas-risque-d-evenement-cardiovasculaire-grave</t>
+  </si>
+  <si>
+    <t>c_830007</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H20"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="C3" t="s">
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>18</v>
       </c>
-      <c r="D3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
-      </c>
-[...10 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
         <v>23</v>
       </c>
-      <c r="C4" t="s">
+      <c r="H4" t="s">
         <v>24</v>
       </c>
-      <c r="D4" t="s">
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
         <v>25</v>
       </c>
-      <c r="E4" t="s">
+      <c r="C5" t="s">
         <v>26</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
         <v>27</v>
       </c>
-      <c r="H4" t="s">
+      <c r="H5" t="s">
         <v>28</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>29</v>
+      </c>
+      <c r="C6" t="s">
+        <v>30</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>31</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>32</v>
+      </c>
+      <c r="H6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>34</v>
+      </c>
+      <c r="C7" t="s">
+        <v>35</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>36</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>37</v>
+      </c>
+      <c r="H7" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>39</v>
+      </c>
+      <c r="C8" t="s">
+        <v>40</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>41</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>42</v>
+      </c>
+      <c r="H8" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>44</v>
+      </c>
+      <c r="C9" t="s">
+        <v>45</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>41</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>46</v>
+      </c>
+      <c r="H9" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>48</v>
+      </c>
+      <c r="C10" t="s">
+        <v>49</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>50</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>51</v>
+      </c>
+      <c r="H10" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
+        <v>53</v>
+      </c>
+      <c r="C11" t="s">
+        <v>54</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>55</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>56</v>
+      </c>
+      <c r="H11" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>58</v>
+      </c>
+      <c r="B12" t="s">
+        <v>59</v>
+      </c>
+      <c r="C12" t="s">
+        <v>60</v>
+      </c>
+      <c r="D12" t="s">
+        <v>61</v>
+      </c>
+      <c r="E12" t="s">
+        <v>62</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>63</v>
+      </c>
+      <c r="H12" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>58</v>
+      </c>
+      <c r="B13" t="s">
+        <v>65</v>
+      </c>
+      <c r="C13" t="s">
+        <v>66</v>
+      </c>
+      <c r="D13" t="s">
+        <v>67</v>
+      </c>
+      <c r="E13" t="s">
+        <v>68</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>69</v>
+      </c>
+      <c r="H13" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>58</v>
+      </c>
+      <c r="B14" t="s">
+        <v>71</v>
+      </c>
+      <c r="C14" t="s">
+        <v>72</v>
+      </c>
+      <c r="D14" t="s">
+        <v>73</v>
+      </c>
+      <c r="E14" t="s">
+        <v>74</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>75</v>
+      </c>
+      <c r="H14" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>77</v>
+      </c>
+      <c r="B15" t="s">
+        <v>78</v>
+      </c>
+      <c r="C15" t="s">
+        <v>79</v>
+      </c>
+      <c r="D15" t="s">
+        <v>80</v>
+      </c>
+      <c r="E15" t="s">
+        <v>81</v>
+      </c>
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
+        <v>82</v>
+      </c>
+      <c r="H15" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>77</v>
+      </c>
+      <c r="B16" t="s">
+        <v>84</v>
+      </c>
+      <c r="C16" t="s">
+        <v>85</v>
+      </c>
+      <c r="D16" t="s">
+        <v>86</v>
+      </c>
+      <c r="E16" t="s">
+        <v>87</v>
+      </c>
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
+        <v>88</v>
+      </c>
+      <c r="H16" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>77</v>
+      </c>
+      <c r="B17" t="s">
+        <v>90</v>
+      </c>
+      <c r="C17" t="s">
+        <v>91</v>
+      </c>
+      <c r="D17" t="s">
+        <v>92</v>
+      </c>
+      <c r="E17" t="s">
+        <v>93</v>
+      </c>
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
+        <v>94</v>
+      </c>
+      <c r="H17" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>77</v>
+      </c>
+      <c r="B18" t="s">
+        <v>96</v>
+      </c>
+      <c r="C18" t="s">
+        <v>97</v>
+      </c>
+      <c r="D18" t="s">
+        <v>98</v>
+      </c>
+      <c r="E18" t="s">
+        <v>99</v>
+      </c>
+      <c r="F18" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" t="s">
+        <v>100</v>
+      </c>
+      <c r="H18" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>77</v>
+      </c>
+      <c r="B19" t="s">
+        <v>102</v>
+      </c>
+      <c r="C19" t="s">
+        <v>103</v>
+      </c>
+      <c r="D19" t="s">
+        <v>104</v>
+      </c>
+      <c r="E19" t="s">
+        <v>105</v>
+      </c>
+      <c r="F19" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19" t="s">
+        <v>106</v>
+      </c>
+      <c r="H19" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>77</v>
+      </c>
+      <c r="B20" t="s">
+        <v>108</v>
+      </c>
+      <c r="C20" t="s">
+        <v>109</v>
+      </c>
+      <c r="D20" t="s">
+        <v>110</v>
+      </c>
+      <c r="E20" t="s">
+        <v>111</v>
+      </c>
+      <c r="F20" t="s">
+        <v>11</v>
+      </c>
+      <c r="G20" t="s">
+        <v>112</v>
+      </c>
+      <c r="H20" t="s">
+        <v>113</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>