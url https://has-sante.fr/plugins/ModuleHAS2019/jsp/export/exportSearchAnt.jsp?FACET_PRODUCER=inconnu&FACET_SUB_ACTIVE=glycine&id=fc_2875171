--- v0 (2025-10-19)
+++ v1 (2026-03-05)
@@ -9,199 +9,589 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="68">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...2 lines deleted...]
-    <t>Inborn errors of metabolism : assessment of expanded newborn screening using tandem mass spectrometry in France (part 2)</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Achondroplasie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient ACH. Il a été élaboré par le Centre de référence des maladies rares (CRMR) des Maladies Osseuses Constitutionelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>18/04/2025 16:14:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3602116/fr/achondroplasie</t>
+  </si>
+  <si>
+    <t>p_3602116</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Dépistage néonatal :  Réévaluation de l’opportunité  d’intégrer cinq erreurs innées du métabolisme au  programme de DNN</t>
+  </si>
+  <si>
+    <t>La HAS recommande d’élargir au déficit en VLCAD le DNN en population générale en France. Ce dépistage implique nécessairement l’utilisation de la technologie de MS/MS.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>13/02/2024 13:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426280/fr/depistage-neonatal-reevaluation-de-l-opportunite-d-integrer-cinq-erreurs-innees-du-metabolisme-au-programme-de-dnn</t>
+  </si>
+  <si>
+    <t>p_3426280</t>
+  </si>
+  <si>
+    <t>Epilepsies néonatales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie néonatale sévère, et en particulier d’Encéphalopathie Développementale avec Épilepsie débutant pendant la période néonatale (EDEIP). Il a été élaboré par le Centre de Référence Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390314/fr/epilepsies-neonatales</t>
+  </si>
+  <si>
+    <t>p_3390314</t>
+  </si>
+  <si>
+    <t>Myopathies reliées au collagène VI</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints de myopathies liées au collagène de type VI (COLVI). Il a été élaboré par le Centre de Référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/11/2022 17:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3376221/fr/myopathies-reliees-au-collagene-vi</t>
+  </si>
+  <si>
+    <t>p_3376221</t>
+  </si>
+  <si>
+    <t>Epilepsies vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie vitamino-sensible. Il a été élaboré par le Centre de référence des Epilepsies rares (CRMR Lille, Marseille) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2022 15:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358939/fr/epilepsies-vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>p_3358939</t>
+  </si>
+  <si>
+    <t>Lithiase urinaire de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient pédiatrique présentant des lithiases rénales ou des voies urinaires. Il a été élaboré par le Centre de Référence des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296532/fr/lithiase-urinaire-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3296532</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Épilepsies : Prise en charge des enfants et des adultes</t>
+  </si>
+  <si>
+    <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
+  </si>
+  <si>
+    <t>08/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2020 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
+  </si>
+  <si>
+    <t>p_3214468</t>
+  </si>
+  <si>
+    <t>Évaluation a priori de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. Volet 2</t>
   </si>
   <si>
     <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
   </si>
   <si>
-    <t>01/22/2020 00:00:00</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2866458/en/inborn-errors-of-metabolism-assessment-of-expanded-newborn-screening-using-tandem-mass-spectrometry-in-france-part-2</t>
+    <t>22/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/02/2020 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
   </si>
   <si>
     <t>c_2866458</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Affections de longue durée, la Haute Autorité de Santé rend un avis sur la liste et les critères médicaux d’admission</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé a adressé ce jour à la ministre de la Santé, de la Jeunesse et des Sports un avis sur la liste et les critères médicaux d’admission en affection de longue durée -ALD.</t>
+  </si>
+  <si>
+    <t>10/12/2007 18:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_611969/fr/affections-de-longue-duree-la-haute-autorite-de-sante-rend-un-avis-sur-la-liste-et-les-criteres-medicaux-d-admission</t>
+  </si>
+  <si>
+    <t>c_611969</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur la liste et les critères médicaux d’admission en affections de longue durée (ALD) - Décembre 2007</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé a rendu un avis sur la liste et les critères médicaux d’admission en affection de longue durée - ALD. Cet avis avait été annoncé dans la recommandation initiale de mai 2006 qui accompagnait la diffusion des premiers guides et listes. Il porte aujourd’hui sur la vingtaine de maladies pour lesquelles la HAS a depuis publié des guides et des listes d’actes et de prestations. Dans cet avis, la HAS confirme que le système actuel est inadapté. Il s’efforce, en effet, de poursuivre à l’aide d’un même outil deux objectifs distincts : un objectif social (neutraliser l’impact des gros restes à charge) et un objectif médical (assurer un suivi médical de qualité pour les malades chroniques). La HAS note avec attention que le débat sur les ALD est aujourd’hui largement engagé, grâce notamment à la réflexion menée sur un dispositif de type « bouclier sanitaire » pour le volet social. C’est dans l’objectif de prolonger cette réflexion collective que cet avis a été conçu. Aussi les propositions qui visent à éclairer les choix des pouvoirs publics en la matière sont-elles présentées sous forme de trois scénarios.</t>
+  </si>
+  <si>
+    <t>12/12/2007 10:27:00</t>
+  </si>
+  <si>
+    <t>02/01/2008 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_810262/fr/avis-de-la-has-sur-la-liste-et-les-criteres-medicaux-d-admission-en-affections-de-longue-duree-ald-decembre-2007</t>
+  </si>
+  <si>
+    <t>c_810262</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
         <v>15</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C5" t="s">
+        <v>28</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>29</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>30</v>
+      </c>
+      <c r="H5" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>32</v>
+      </c>
+      <c r="C6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>34</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>37</v>
+      </c>
+      <c r="C7" t="s">
+        <v>38</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>39</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>40</v>
+      </c>
+      <c r="H7" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>42</v>
+      </c>
+      <c r="B8" t="s">
+        <v>43</v>
+      </c>
+      <c r="C8" t="s">
+        <v>44</v>
+      </c>
+      <c r="D8" t="s">
+        <v>45</v>
+      </c>
+      <c r="E8" t="s">
+        <v>46</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>47</v>
+      </c>
+      <c r="H8" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>15</v>
+      </c>
+      <c r="B9" t="s">
+        <v>49</v>
+      </c>
+      <c r="C9" t="s">
+        <v>50</v>
+      </c>
+      <c r="D9" t="s">
+        <v>51</v>
+      </c>
+      <c r="E9" t="s">
+        <v>52</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>53</v>
+      </c>
+      <c r="H9" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>55</v>
+      </c>
+      <c r="B10" t="s">
+        <v>56</v>
+      </c>
+      <c r="C10" t="s">
+        <v>57</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>58</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>59</v>
+      </c>
+      <c r="H10" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>61</v>
+      </c>
+      <c r="B11" t="s">
+        <v>62</v>
+      </c>
+      <c r="C11" t="s">
+        <v>63</v>
+      </c>
+      <c r="D11" t="s">
+        <v>64</v>
+      </c>
+      <c r="E11" t="s">
+        <v>65</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>66</v>
+      </c>
+      <c r="H11" t="s">
+        <v>67</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>