--- v0 (2025-10-19)
+++ v1 (2026-01-19)
@@ -35,69 +35,69 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation en santé publique</t>
-[...2 lines deleted...]
-    <t>Évaluation a priori de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. Volet 2</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Inborn errors of metabolism : assessment of expanded newborn screening using tandem mass spectrometry in France (part 2)</t>
   </si>
   <si>
     <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
   </si>
   <si>
-    <t>22/01/2020 00:00:00</t>
-[...2 lines deleted...]
-    <t>03/02/2020 10:20:00</t>
+    <t>01/22/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2020 10:20:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
+    <t>https://www.has-sante.fr/jcms/c_2866458/en/inborn-errors-of-metabolism-assessment-of-expanded-newborn-screening-using-tandem-mass-spectrometry-in-france-part-2</t>
   </si>
   <si>
     <t>c_2866458</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>