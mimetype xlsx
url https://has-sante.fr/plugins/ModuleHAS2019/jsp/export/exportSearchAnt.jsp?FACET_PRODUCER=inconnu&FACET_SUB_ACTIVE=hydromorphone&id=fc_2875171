--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -9,113 +9,167 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="40">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...8 lines deleted...]
-    <t>03/01/2000 00:00:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur. Il a été élaboré par la Filière de santé maladies rares MCGRE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272030/en/assessment-and-management-of-acute-pain-in-paediatric-outpatients-aged-between-1-month-and-15-years</t>
+    <t>02/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_938890</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Bon usage des médicaments opioïdes : antalgie, prévention et prise en charge du trouble de l’usage et des surdoses</t>
+  </si>
+  <si>
+    <t>Le soulagement de la douleur est une priorité de santé publique. Les opioïdes peuvent y contribuer. Les enjeux de cette recommandation sur le bon usage des médicaments opioïdes et de sécuriser au mieux la prescription pour réduire le risque de dépendance et de trouble de l’usage pouvant provoquer une surdose, voire un décès.</t>
+  </si>
+  <si>
+    <t>10/03/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>24/03/2022 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215131/fr/bon-usage-des-medicaments-opioides-antalgie-prevention-et-prise-en-charge-du-trouble-de-l-usage-et-des-surdoses</t>
+  </si>
+  <si>
+    <t>p_3215131</t>
+  </si>
+  <si>
+    <t>Antalgie des douleurs rebelles et pratiques sédatives chez l'adulte : prise en charge médicamenteuse en situations palliatives jusqu’en fin de vie</t>
+  </si>
+  <si>
+    <t>Des travaux pour aider les professionnels de santé à prendre en charge les patients en fin de vie dans les conditions les plus humaines et les moins douloureuses possibles. Ces travaux s'inscrivent dans le contexte de mise en œuvre de la loi Claeys-Leonetti du 2 février 2016 créant un droit à la sédation profonde et continue, maintenue jusqu’au décès.</t>
+  </si>
+  <si>
+    <t>29/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2020 00:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3150631/fr/antalgie-des-douleurs-rebelles-et-pratiques-sedatives-chez-l-adulte-prise-en-charge-medicamenteuse-en-situations-palliatives-jusqu-en-fin-de-vie</t>
+  </si>
+  <si>
+    <t>p_3150631</t>
+  </si>
+  <si>
+    <t>Évaluation et stratégies de prise en charge de la douleur aiguë en ambulatoire chez l'enfant de 1 mois à 15 ans</t>
+  </si>
+  <si>
+    <t>Les questions traitées sont les suivantes :# 1. Pourquoi faut-il traiter la douleur ?# 2. Quels sont les moyens d'identification et les outils d'évaluation de la douleur aiguë ?# 3. Quels sont les moyens de lutte contre la douleur aiguë ?# 4. Quelles sont les stratégies de prise en charge de la douleur aiguë lors de pathologies courantes en pédiatrie, lors d'un traumatisme récent et lors de douleur exogène provoquée par les soins ?#</t>
+  </si>
+  <si>
+    <t>01/03/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272030/fr/evaluation-et-strategies-de-prise-en-charge-de-la-douleur-aigue-en-ambulatoire-chez-l-enfant-de-1-mois-a-15-ans</t>
   </si>
   <si>
     <t>c_272030</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...2 lines deleted...]
-    <t>Assesment of homeopathic medicines</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des médicaments homéopathiques</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>06/26/2019 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>07/09/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -125,127 +179,205 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>15</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>15</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>15</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E5" t="s">
+        <v>30</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H5" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>33</v>
+      </c>
+      <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
+        <v>35</v>
+      </c>
+      <c r="D6" t="s">
+        <v>36</v>
+      </c>
+      <c r="E6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>38</v>
+      </c>
+      <c r="H6" t="s">
+        <v>39</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>