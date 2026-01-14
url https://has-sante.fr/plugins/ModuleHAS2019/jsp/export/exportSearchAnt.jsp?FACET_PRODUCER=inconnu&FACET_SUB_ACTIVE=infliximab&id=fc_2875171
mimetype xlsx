--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -1,201 +1,821 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="14">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="131" uniqueCount="68">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...2 lines deleted...]
-    <t>Rheumatoid arthritis - Diagnosis and initial management</t>
+    <t>Guide méthodologique</t>
+  </si>
+  <si>
+    <t>Certification par essai de type des logiciels d’aide à la dispensation (LAD) de pharmacie à usage intérieur (PUI)</t>
+  </si>
+  <si>
+    <t>Les logiciels d’aide à la dispensation (LAD) utilisés par les pharmaciens en pharmacie à usage intérieur (PUI) sont des logiciels dont au moins une des fonctions permet l’enregistrement d’une dispensation de médicaments (analyse des prescriptions, conseil et délivrance des médicaments). Leur certification - facultative en France - participe à l'amélioration des pratiques et garantit la conformité des logiciels à des exigences minimales en termes de sécurité, de qualité et d'efficience de la dispensation.</t>
+  </si>
+  <si>
+    <t>22/09/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>28/09/2022 16:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>05/27/2009 12:02:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_606479/en/rheumatoid-arthritis-diagnosis-and-initial-management</t>
+    <t>https://www.has-sante.fr/jcms/p_3372202/fr/certification-par-essai-de-type-des-logiciels-d-aide-a-la-dispensation-lad-de-pharmacie-a-usage-interieur-pui</t>
+  </si>
+  <si>
+    <t>p_3372202</t>
+  </si>
+  <si>
+    <t>Certification par essai de type des logiciels hospitaliers d’aide à la prescription (LAP)</t>
+  </si>
+  <si>
+    <t>La HAS est chargée d’établir la procédure de certification des Logiciels d’Aide à la Prescription (LAP). Les éditeurs de LAP peuvent se faire certifier par des organismes certificateurs, eux-mêmes accrédités par le Comité français d’accréditation (Cofrac).</t>
+  </si>
+  <si>
+    <t>06/05/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>14/05/2021 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1499094/fr/certification-par-essai-de-type-des-logiciels-hospitaliers-d-aide-a-la-prescription-lap</t>
+  </si>
+  <si>
+    <t>r_1499094</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Cholangite Sclérosante Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite sclérosante primitive (CSP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392249/fr/cholangite-sclerosante-primitive</t>
+  </si>
+  <si>
+    <t>p_3392249</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge du patient présentant une lombalgie commune</t>
+  </si>
+  <si>
+    <t>L’objectif : guider les professionnels de santé dans les différentes étapes du diagnostic et du traitement, afin de réduire le risque de chronicité de la lombalgie et de désinsertion professionnelle.</t>
+  </si>
+  <si>
+    <t>27/03/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>04/04/2019 10:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2961499/fr/prise-en-charge-du-patient-presentant-une-lombalgie-commune</t>
+  </si>
+  <si>
+    <t>c_2961499</t>
+  </si>
+  <si>
+    <t>Polyarthrite rhumatoïde : diagnostic et prise en charge initiale. Cette recommandation est suspendue.</t>
+  </si>
+  <si>
+    <t>27/05/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606479/fr/polyarthrite-rhumatoide-diagnostic-et-prise-en-charge-initiale-cette-recommandation-est-suspendue</t>
   </si>
   <si>
     <t>c_606479</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Intérêt du dosage de calprotectine fécale pour le diagnostic de rechute de maladie inflammatoire chronique intestinale (MICI) chez des sujets ne présentant ni évacuation fécale sanglante ni élévation de la concentration sérique de protéine C réactive</t>
+  </si>
+  <si>
+    <t>La HAS a évalué dans quelle mesure le dosage de calprotectine fécale pourrait améliorer le diagnostic étiologique de poussées de symptômes digestifs venant interrompre une phase de rémission de maladie inflammatoire chronique intestinale (MICI).</t>
+  </si>
+  <si>
+    <t>28/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2020 18:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2854253/fr/interet-du-dosage-de-calprotectine-fecale-pour-le-diagnostic-de-rechute-de-maladie-inflammatoire-chronique-intestinale-mici-chez-des-sujets-ne-presentant-ni-evacuation-fecale-sanglante-ni-elevation-de-la-concentration-serique-de-proteine-c-reactive</t>
+  </si>
+  <si>
+    <t>c_2854253</t>
+  </si>
+  <si>
+    <t>Intérêt du dosage de calprotectine fécale pour le diagnostic étiologique de troubles digestifs chroniques survenant chez des sujets de moins de 50 ans sans signe d’alarme ni élévation de la concentration sérique de protéine C réactive</t>
+  </si>
+  <si>
+    <t>La HAS a évalué dans quelle mesure le dosage de calprotectine fécale pourrait améliorer les démarches de diagnostic étiologique qui sont actuellement menées auprès de sujets de moins de 50 ans consultant pour des manifestations digestives chroniques dominées par une douleur abdominale et par des troubles du transit.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3189133/fr/interet-du-dosage-de-calprotectine-fecale-pour-le-diagnostic-etiologique-de-troubles-digestifs-chroniques-survenant-chez-des-sujets-de-moins-de-50-ans-sans-signe-d-alarme-ni-elevation-de-la-concentration-serique-de-proteine-c-reactive</t>
+  </si>
+  <si>
+    <t>p_3189133</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 octobre 2016</t>
+  </si>
+  <si>
+    <t>28/09/2016 10:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671437/fr/commission-de-la-transparence-reunion-du-5-octobre-2016</t>
+  </si>
+  <si>
+    <t>c_2671437</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 1er juillet 2015</t>
+  </si>
+  <si>
+    <t>24/06/2015 17:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040932/fr/commission-de-la-transparence-reunion-du-1er-juillet-2015</t>
+  </si>
+  <si>
+    <t>c_2040932</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 – Place du vaccin à ARNm COMIRNATY® chez les 5-11 ans</t>
+  </si>
+  <si>
+    <t>Dans un contexte épidémique marqué par une cinquième vague due au variant Delta et l’apparition à la mi-novembre du variant Omicron, la Haute Autorité de santé se prononce sur l’élargissement de la vaccination à l’ensemble des enfants de 5 à 11 ans. Sur la base des dernières données disponibles et après avoir auditionné les parties-prenantes, la HAS propose d’ouvrir la vaccination aux enfants de cette classe d’âge, sans obligation et sans que cela conditionne l’obtention d’un passe sanitaire, et en priorisant les enfants de moins de 12 ans scolarisés au collège. Elle indique que cette vaccination peut être réalisée dès la mise à disposition de la formulation pédiatrique du vaccin Comirnaty® de Pfizer.</t>
+  </si>
+  <si>
+    <t>17/12/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3306504/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-a-arnm-comirnaty-chez-les-5-11-ans</t>
+  </si>
+  <si>
+    <t>p_3306504</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>13</v>
+        <v>15</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B2" t="s">
+        <v>23</v>
+      </c>
+      <c r="C2" t="s">
+        <v>24</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>25</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>26</v>
+      </c>
+      <c r="H2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>28</v>
+      </c>
+      <c r="B2" t="s">
+        <v>29</v>
+      </c>
+      <c r="C2" t="s">
+        <v>30</v>
+      </c>
+      <c r="D2" t="s">
+        <v>31</v>
+      </c>
+      <c r="E2" t="s">
+        <v>32</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>33</v>
+      </c>
+      <c r="H2" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>36</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>37</v>
+      </c>
+      <c r="H3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>39</v>
+      </c>
+      <c r="B2" t="s">
+        <v>40</v>
+      </c>
+      <c r="C2" t="s">
+        <v>41</v>
+      </c>
+      <c r="D2" t="s">
+        <v>42</v>
+      </c>
+      <c r="E2" t="s">
+        <v>43</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>44</v>
+      </c>
+      <c r="H2" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>39</v>
+      </c>
+      <c r="B3" t="s">
+        <v>46</v>
+      </c>
+      <c r="C3" t="s">
+        <v>47</v>
+      </c>
+      <c r="D3" t="s">
+        <v>42</v>
+      </c>
+      <c r="E3" t="s">
+        <v>43</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>48</v>
+      </c>
+      <c r="H3" t="s">
+        <v>49</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>51</v>
+      </c>
+      <c r="B2" t="s">
+        <v>52</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>53</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>54</v>
+      </c>
+      <c r="H2" t="s">
+        <v>55</v>
+      </c>
+      <c r="I2" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>51</v>
+      </c>
+      <c r="B3" t="s">
+        <v>57</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>58</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>59</v>
+      </c>
+      <c r="H3" t="s">
+        <v>60</v>
+      </c>
+      <c r="I3" t="s">
+        <v>56</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>61</v>
+      </c>
+      <c r="B2" t="s">
+        <v>62</v>
+      </c>
+      <c r="C2" t="s">
+        <v>63</v>
+      </c>
+      <c r="D2" t="s">
+        <v>64</v>
+      </c>
+      <c r="E2" t="s">
+        <v>65</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>66</v>
+      </c>
+      <c r="H2" t="s">
+        <v>67</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>