--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -35,69 +35,69 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>11/22/2021 11:48:00</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Intérêt de l’angiomammographie double énergie dans la stratégie diagnostique du cancer du sein - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’acte d’angiomammographie dans la stratégie diagnostique du cancer du sein afin d’émettre un avis sur son inscription à la classification commune des actes médicaux. Le rapport d’évaluation de la HAS, destiné aux radiologues, aux sénologues et à l’Assurance maladie, a pour objectifs d’évaluer les performances diagnostiques de l’angiomammographie en comparaison à l’IRM dans certaines de ses indications (impasses diagnostiques, bilan d’extension, évaluation de la réponse à la chimiothérapie néoadjuvante) ainsi que les aspects sécuritaires (réactions à l’injection d’iode, exposition aux rayonnements ionisants), l’impact sur la thérapeutique et les aspects organisationnels.</t>
+  </si>
+  <si>
+    <t>10/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>22/11/2021 11:48:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3186760/en/usefulness-of-contrast-enhanced-mammography-in-breast-cancer-diagnosis-strategy-inahta-brief</t>
+    <t>https://www.has-sante.fr/jcms/p_3186760/fr/interet-de-l-angiomammographie-double-energie-dans-la-strategie-diagnostique-du-cancer-du-sein-rapport-d-evaluation</t>
   </si>
   <si>
     <t>p_3186760</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>