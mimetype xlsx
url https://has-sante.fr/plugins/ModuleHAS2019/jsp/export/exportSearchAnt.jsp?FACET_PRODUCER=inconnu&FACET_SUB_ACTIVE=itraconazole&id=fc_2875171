--- v0 (2025-10-19)
+++ v1 (2026-01-19)
@@ -9,86 +9,101 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="45">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
     <t>Neutropénies chroniques</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de neutropénie chronique. Il a été élaboré par le Centre de Référence Maladies Rares Neutropénies Chroniques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>06/08/2024 17:27:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3522408/fr/neutropenies-chroniques</t>
   </si>
   <si>
     <t>p_3522408</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Prévention vasculaire après un infarctus cérébral ou un accident ischémique transitoire</t>
   </si>
   <si>
     <t>Les recommandations portent sur la prévention secondaire des événements vasculaires (accident vasculaire cérébral, infarctus du myocarde et décès d’origine vasculaire), parce que l’infarctus cérébral confère non seulement un risque élevé de récidive, mais aussi un risque conséquent d’infarctus du myocarde et de décès d’origine vasculaire.</t>
   </si>
   <si>
     <t>07/06/2018 00:00:00</t>
   </si>
   <si>
     <t>13/06/2018 16:46:00</t>
   </si>
@@ -179,51 +194,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -239,145 +254,171 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>15</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
-      </c>
-[...7 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
         <v>22</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
         <v>25</v>
       </c>
       <c r="H4" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>27</v>
       </c>
       <c r="C5" t="s">
         <v>28</v>
       </c>
       <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
         <v>29</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
         <v>30</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
+        <v>20</v>
+      </c>
+      <c r="B6" t="s">
+        <v>32</v>
+      </c>
+      <c r="C6" t="s">
         <v>33</v>
       </c>
-      <c r="B6" t="s">
+      <c r="D6" t="s">
         <v>34</v>
       </c>
-      <c r="C6" t="s">
+      <c r="E6" t="s">
         <v>35</v>
       </c>
-      <c r="D6" t="s">
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
         <v>36</v>
       </c>
-      <c r="E6" t="s">
+      <c r="H6" t="s">
         <v>37</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
         <v>38</v>
       </c>
-      <c r="H6" t="s">
+      <c r="B7" t="s">
         <v>39</v>
+      </c>
+      <c r="C7" t="s">
+        <v>40</v>
+      </c>
+      <c r="D7" t="s">
+        <v>41</v>
+      </c>
+      <c r="E7" t="s">
+        <v>42</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>43</v>
+      </c>
+      <c r="H7" t="s">
+        <v>44</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>