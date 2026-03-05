--- v1 (2026-01-19)
+++ v2 (2026-03-05)
@@ -9,182 +9,95 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assesment of homeopathic medicines</t>
+  </si>
+  <si>
+    <t>Negative opinion on homeopathic medicines reimbursement</t>
+  </si>
+  <si>
+    <t>06/26/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>09/07/2019 15:03:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>05/12/2025 11:04:00</t>
-[...92 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
+    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -194,231 +107,101 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
-[...6 lines deleted...]
-      <c r="B3" t="s">
         <v>15</v>
-      </c>
-[...120 lines deleted...]
-        <v>44</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>