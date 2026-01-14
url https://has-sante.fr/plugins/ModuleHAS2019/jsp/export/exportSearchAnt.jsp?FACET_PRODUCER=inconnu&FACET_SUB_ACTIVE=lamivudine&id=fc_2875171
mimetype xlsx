--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -9,293 +9,422 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="47">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...11 lines deleted...]
-    <t>10/21/2008 10:01:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Vaccination des personnes vivant avec le VIH</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_704257/en/hiv-infection-screening-in-france-laboratory-tests-and-algorithms</t>
+    <t>10/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>21/07/2025 17:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3635651/fr/vaccination-des-personnes-vivant-avec-le-vih</t>
+  </si>
+  <si>
+    <t>p_3635651</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Dépistage de l’infection par le VIH en France - Modalités de réalisation des tests de dépistage</t>
+  </si>
+  <si>
+    <t>Ce rapport comporte des recommandations sur les modalités de réalisation des tests de dépistage de l’infection par le VIH chez l’adulte et l’enfant de plus de 18 mois ainsi que des recommandations et des orientations sur la place des tests de dépistage rapide dans les stratégies générales de dépistage du VIH et sur les conditions d’utilisation de ces tests.</t>
+  </si>
+  <si>
+    <t>01/10/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2008 10:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_704257/fr/depistage-de-l-infection-par-le-vih-en-france-modalites-de-realisation-des-tests-de-depistage</t>
   </si>
   <si>
     <t>c_704257</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...8 lines deleted...]
-    <t>03/08/2005 00:00:00</t>
+    <t>Indications de la transplantation hépatique</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux questions suivantes :# 1. Comment optimiser la prise en charge des patients transplantés pour hépatite virale ?# 2. Dans quels cas la cirrhose alcoolique est-elle une indication de transplantation hépatique ?# 3. Quels cancers du foie peut-on traiter par la transplantation hépatique ?# 4. Quelle est la place du donneur vivant en transplantation hépatique ?# 5. Quelles sont les extensions à l’indication de transplantation hépatique ?# Les recommandations actualisent celles de la conférence de consensus "Les indications de la transplantation hépatique", dont la réunion publique s'est tenue les 22 et 23 juin 1993 à Paris, et qui était organisée par l'Association française de chirurgie hépato-biliaire et de transplantation hépatique (AFCHBT), en association avec la Société nationale française de gastro-entérologie (SNFGE), l'Association pour l'étude du foie (AFEF) et l'Association française de chirurgie (AFC), avec le partenariat méthodologique de l'Anaes.</t>
+  </si>
+  <si>
+    <t>08/03/2005 00:00:00</t>
   </si>
   <si>
     <t>01/01/2005 16:52:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272409/en/indications-for-liver-transplantation-19-20-january-2005</t>
+    <t>https://www.has-sante.fr/jcms/c_272409/fr/indications-de-la-transplantation-hepatique</t>
   </si>
   <si>
     <t>c_272409</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2653624/en/update-of-laboratory-medicine-procedures-related-to-the-diagnosis-and-management-of-hepatitis-b-c-and-d-inahta-brief</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Actualisation des actes de biologie médicale relatifs au diagnostic et à la prise en charge des hépatites B, C et D</t>
+  </si>
+  <si>
+    <t>11/01/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>16/01/2017 14:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2653624/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-et-a-la-prise-en-charge-des-hepatites-b-c-et-d</t>
   </si>
   <si>
     <t>c_2653624</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Affections de longue durée, la Haute Autorité de Santé rend un avis sur la liste et les critères médicaux d’admission</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé a adressé ce jour à la ministre de la Santé, de la Jeunesse et des Sports un avis sur la liste et les critères médicaux d’admission en affection de longue durée -ALD.</t>
+  </si>
+  <si>
+    <t>10/12/2007 18:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_611969/fr/affections-de-longue-duree-la-haute-autorite-de-sante-rend-un-avis-sur-la-liste-et-les-criteres-medicaux-d-admission</t>
+  </si>
+  <si>
+    <t>c_611969</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur la liste et les critères médicaux d’admission en affections de longue durée (ALD) - Décembre 2007</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé a rendu un avis sur la liste et les critères médicaux d’admission en affection de longue durée - ALD. Cet avis avait été annoncé dans la recommandation initiale de mai 2006 qui accompagnait la diffusion des premiers guides et listes. Il porte aujourd’hui sur la vingtaine de maladies pour lesquelles la HAS a depuis publié des guides et des listes d’actes et de prestations. Dans cet avis, la HAS confirme que le système actuel est inadapté. Il s’efforce, en effet, de poursuivre à l’aide d’un même outil deux objectifs distincts : un objectif social (neutraliser l’impact des gros restes à charge) et un objectif médical (assurer un suivi médical de qualité pour les malades chroniques). La HAS note avec attention que le débat sur les ALD est aujourd’hui largement engagé, grâce notamment à la réflexion menée sur un dispositif de type « bouclier sanitaire » pour le volet social. C’est dans l’objectif de prolonger cette réflexion collective que cet avis a été conçu. Aussi les propositions qui visent à éclairer les choix des pouvoirs publics en la matière sont-elles présentées sous forme de trois scénarios.</t>
+  </si>
+  <si>
+    <t>12/12/2007 10:27:00</t>
+  </si>
+  <si>
+    <t>02/01/2008 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_810262/fr/avis-de-la-has-sur-la-liste-et-les-criteres-medicaux-d-admission-en-affections-de-longue-duree-ald-decembre-2007</t>
+  </si>
+  <si>
+    <t>c_810262</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>17</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>18</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>19</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>10</v>
+      </c>
+      <c r="G3" t="s">
         <v>20</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
         <v>23</v>
       </c>
-      <c r="B4" t="s">
+      <c r="D4" t="s">
         <v>24</v>
       </c>
-      <c r="C4" t="s">
+      <c r="E4" t="s">
         <v>25</v>
       </c>
-      <c r="D4" t="s">
+      <c r="F4" t="s">
+        <v>10</v>
+      </c>
+      <c r="G4" t="s">
         <v>26</v>
       </c>
-      <c r="E4" t="s">
+      <c r="H4" t="s">
         <v>27</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
         <v>28</v>
       </c>
-      <c r="H4" t="s">
+      <c r="B5" t="s">
         <v>29</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" t="s">
+        <v>10</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>34</v>
+      </c>
+      <c r="B6" t="s">
+        <v>35</v>
+      </c>
+      <c r="C6" t="s">
+        <v>36</v>
+      </c>
+      <c r="D6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G6" t="s">
+        <v>38</v>
+      </c>
+      <c r="H6" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>40</v>
+      </c>
+      <c r="B7" t="s">
+        <v>41</v>
+      </c>
+      <c r="C7" t="s">
+        <v>42</v>
+      </c>
+      <c r="D7" t="s">
+        <v>43</v>
+      </c>
+      <c r="E7" t="s">
+        <v>44</v>
+      </c>
+      <c r="F7" t="s">
+        <v>10</v>
+      </c>
+      <c r="G7" t="s">
+        <v>45</v>
+      </c>
+      <c r="H7" t="s">
+        <v>46</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>