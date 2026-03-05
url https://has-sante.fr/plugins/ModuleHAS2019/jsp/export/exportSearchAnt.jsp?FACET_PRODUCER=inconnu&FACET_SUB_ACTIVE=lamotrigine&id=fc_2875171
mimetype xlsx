--- v0 (2025-10-19)
+++ v1 (2026-03-05)
@@ -9,86 +9,101 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="152" uniqueCount="90">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="160" uniqueCount="95">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>19/12/2025 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
     <t>Déficit en transporteur de glucose GLUT1</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de référence des épilepsies rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>07/11/2024 11:29:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3555046/fr/deficit-en-transporteur-de-glucose-glut1</t>
   </si>
   <si>
     <t>p_3555046</t>
   </si>
   <si>
     <t>Nécrolyses épidermiques chez l’enfant</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint du syndrome de Stevens-Johnson (SJS) ou de Lyell/nécrolyse épidermique toxique (NET). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>02/12/2021 09:46:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3299789/fr/necrolyses-epidermiques-chez-l-enfant</t>
   </si>
   <si>
     <t>p_3299789</t>
   </si>
@@ -329,51 +344,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H19"/>
+  <dimension ref="A1:H20"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -441,431 +456,457 @@
       </c>
       <c r="B4" t="s">
         <v>20</v>
       </c>
       <c r="C4" t="s">
         <v>21</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>22</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
         <v>23</v>
       </c>
       <c r="H4" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
         <v>25</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5" t="s">
         <v>26</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
         <v>27</v>
       </c>
-      <c r="D5" t="s">
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
         <v>28</v>
       </c>
-      <c r="E5" t="s">
+      <c r="H5" t="s">
         <v>29</v>
-      </c>
-[...7 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="B6" t="s">
+        <v>31</v>
+      </c>
+      <c r="C6" t="s">
         <v>32</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E6" t="s">
         <v>34</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
         <v>35</v>
       </c>
       <c r="H6" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>37</v>
       </c>
       <c r="C7" t="s">
         <v>38</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
         <v>39</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
         <v>40</v>
       </c>
       <c r="H7" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>25</v>
+        <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>42</v>
       </c>
       <c r="C8" t="s">
         <v>43</v>
       </c>
       <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
         <v>44</v>
       </c>
-      <c r="E8" t="s">
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
         <v>45</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="H8" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="B9" t="s">
+        <v>47</v>
+      </c>
+      <c r="C9" t="s">
         <v>48</v>
       </c>
-      <c r="C9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D9" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="E9" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="H9" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="B10" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C10" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D10" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="E10" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
         <v>55</v>
       </c>
       <c r="H10" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="B11" t="s">
         <v>57</v>
       </c>
       <c r="C11" t="s">
         <v>58</v>
       </c>
       <c r="D11" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="E11" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="H11" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="B12" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C12" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="D12" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="E12" t="s">
-        <v>45</v>
+        <v>59</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="H12" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="B13" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="C13" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="D13" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="E13" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="H13" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="B14" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C14" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D14" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="E14" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="H14" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="B15" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C15" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D15" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="E15" t="s">
-        <v>45</v>
+        <v>59</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="H15" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="B16" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C16" t="s">
-        <v>58</v>
+        <v>78</v>
       </c>
       <c r="D16" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="E16" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="H16" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="B17" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="C17" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="D17" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="E17" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="H17" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="B18" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="C18" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="D18" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="E18" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="H18" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>85</v>
+        <v>30</v>
       </c>
       <c r="B19" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C19" t="s">
-        <v>11</v>
+        <v>58</v>
       </c>
       <c r="D19" t="s">
-        <v>11</v>
+        <v>49</v>
       </c>
       <c r="E19" t="s">
-        <v>87</v>
+        <v>59</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
         <v>88</v>
       </c>
       <c r="H19" t="s">
         <v>89</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>90</v>
+      </c>
+      <c r="B20" t="s">
+        <v>91</v>
+      </c>
+      <c r="C20" t="s">
+        <v>11</v>
+      </c>
+      <c r="D20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" t="s">
+        <v>92</v>
+      </c>
+      <c r="F20" t="s">
+        <v>11</v>
+      </c>
+      <c r="G20" t="s">
+        <v>93</v>
+      </c>
+      <c r="H20" t="s">
+        <v>94</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>