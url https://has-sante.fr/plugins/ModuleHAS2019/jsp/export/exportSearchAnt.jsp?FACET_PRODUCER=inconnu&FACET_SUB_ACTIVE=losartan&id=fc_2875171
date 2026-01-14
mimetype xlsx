--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -9,199 +9,375 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="40">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...11 lines deleted...]
-    <t>09/01/2004 17:51:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Glomérulonéphrite Extra-Membraneuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GEM. Il a été élaboré par le Centre de Référence Maladies Rares du Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/r_1497591/en/methods-for-assessing-global-cardiovascular-risk-cvr-use-of-risk-models</t>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392035/fr/glomerulonephrite-extra-membraneuse</t>
+  </si>
+  <si>
+    <t>p_3392035</t>
+  </si>
+  <si>
+    <t>Épidermolyses bulleuses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un malade atteint d’épidermolyse bulleuse héréditaire (EBH). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028188/fr/epidermolyses-bulleuses-hereditaires</t>
+  </si>
+  <si>
+    <t>c_2028188</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge de l’hypertension artérielle de l’adulte</t>
+  </si>
+  <si>
+    <t>Fiche mémo élaborée conjointement par la HAS et la Société Française d’HTA (SFHTA) dont l’objectif est de proposer un outil pratique pour une prise en charge optimale des patients hypertendus.</t>
+  </si>
+  <si>
+    <t>07/09/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>27/10/2016 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2059286/fr/prise-en-charge-de-l-hypertension-arterielle-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2059286</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Méthodes d’évaluation du risque cardio-vasculaire global</t>
+  </si>
+  <si>
+    <t>Le risque cardiovasculaire global est estimé soit par la sommation des facteurs de risque, (considérés comme présents ou absents et ayant un poids identique), soit par une modélisation statistique prenant en compte la valeur réelle de chacun d’eux. Ce rapport définit les limites respectives des méthodes d’estimation du risque cardio-vasculaire global et discute les bénéfices à attendre de l’utilisation des modèles de risque dans la pratique quotidienne en 2004.</t>
+  </si>
+  <si>
+    <t>15/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1497591/fr/methodes-d-evaluation-du-risque-cardio-vasculaire-global</t>
   </si>
   <si>
     <t>r_1497591</t>
+  </si>
+  <si>
+    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_606527</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" t="s">
+        <v>23</v>
+      </c>
+      <c r="E4" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>27</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>20</v>
+      </c>
+      <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
+        <v>35</v>
+      </c>
+      <c r="D6" t="s">
+        <v>36</v>
+      </c>
+      <c r="E6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>38</v>
+      </c>
+      <c r="H6" t="s">
+        <v>39</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>