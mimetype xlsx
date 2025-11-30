--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -9,146 +9,188 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="47">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>11/03/2020 09:25:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Lymphangiectasies intestinales primitives (maladie de Waldmann)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient Lymphangiectasies intestinales primitives (maladie de Waldmann). Il a été élaboré par le Centre national de référence des maladies vasculaires rares (malformations lymphatiques, lymphoedème primaire) Filière FAVA-Multià l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2853398/en/endoscopic-submucosal-dissection-as-treatment-for-potentially-cancerous-superficial-rectal-lesions-inahta-brief</t>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390524/fr/lymphangiectasies-intestinales-primitives-maladie-de-waldmann</t>
+  </si>
+  <si>
+    <t>p_3390524</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_606527</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Traitement endoscopique par dissection sous-muqueuse des lésions rectales superficielles à potentiel cancéreux</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’efficacité et la sécurité de la technique de dissection sous-muqueuse (DSM) dans le cadre du traitement d’une lésion superficielle du rectum à potentiel cancéreux jugée à faible risque d’envahissement ganglionnaire, en comparaison à la mucosectomie et aux techniques chirurgicales, afin de statuer sur la pertinence de sa prise en charge par la collectivité.</t>
+  </si>
+  <si>
+    <t>22/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/11/2020 09:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853398/fr/traitement-endoscopique-par-dissection-sous-muqueuse-des-lesions-rectales-superficielles-a-potentiel-cancereux</t>
   </si>
   <si>
     <t>c_2853398</t>
   </si>
   <si>
-    <t>Treatment of superficial colon cancer by endoscopic submucosal dissection - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2853392/en/treatment-of-superficial-colon-cancer-by-endoscopic-submucosal-dissection-inahta-brief</t>
+    <t>Traitement endoscopique par dissection sous-muqueuse des lésions cancéreuses superficielles coliques</t>
+  </si>
+  <si>
+    <t>Évaluer l’efficacité et la sécurité de la technique de dissection sous-muqueuse (DSM) dans le cadre du traitement d’un cancer superficiel du côlon jugé à faible risque d’envahissement ganglionnaire</t>
+  </si>
+  <si>
+    <t>06/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>13/02/2019 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853392/fr/traitement-endoscopique-par-dissection-sous-muqueuse-des-lesions-cancereuses-superficielles-coliques</t>
   </si>
   <si>
     <t>c_2853392</t>
   </si>
   <si>
-    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
+    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés à la pratique de mésothérapie à visée esthétique</t>
+  </si>
+  <si>
+    <t>25/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1522566</t>
   </si>
   <si>
-    <t>Laser treatment of lower urinary tract symptoms associated with benign prostatic</t>
-[...2 lines deleted...]
-    <t>11/13/2013 00:00:00</t>
+    <t>Traitement des symptômes du bas appareil urinaire liés à l’hypertrophie bénigne de la prostate par laser – Rapport d’évaluation technologique</t>
+  </si>
+  <si>
+    <t>L'objectif de ce travail est d'évaluer et de comparer l’efficacité, la sécurité et le coût des techniques lasers les plus utilisées en France (photovaporisation sélective de la prostate par LASER (PVPS)) et à l’étranger (l’énucléation par LASER à l’Holmium (HoLEP)) par rapport aux techniques classiques (la résection trans-urétrale de la prostate [RTUP] et l’adénomectomie par voie haute [AVH])</t>
+  </si>
+  <si>
+    <t>13/11/2013 00:00:00</t>
   </si>
   <si>
     <t>12/12/2013 11:54:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_827591/en/laser-treatment-of-lower-urinary-tract-symptoms-associated-with-benign-prostatic</t>
+    <t>https://www.has-sante.fr/jcms/c_827591/fr/traitement-des-symptomes-du-bas-appareil-urinaire-lies-a-l-hypertrophie-benigne-de-la-prostate-par-laser-rapport-d-evaluation-technologique</t>
   </si>
   <si>
     <t>c_827591</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -158,179 +200,231 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="B4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="H4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="B5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C5" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="D5" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="E5" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="H5" t="s">
-        <v>32</v>
+        <v>34</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>22</v>
+      </c>
+      <c r="B6" t="s">
+        <v>35</v>
+      </c>
+      <c r="C6" t="s">
+        <v>36</v>
+      </c>
+      <c r="D6" t="s">
+        <v>37</v>
+      </c>
+      <c r="E6" t="s">
+        <v>38</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>39</v>
+      </c>
+      <c r="H6" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>22</v>
+      </c>
+      <c r="B7" t="s">
+        <v>41</v>
+      </c>
+      <c r="C7" t="s">
+        <v>42</v>
+      </c>
+      <c r="D7" t="s">
+        <v>43</v>
+      </c>
+      <c r="E7" t="s">
+        <v>44</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>45</v>
+      </c>
+      <c r="H7" t="s">
+        <v>46</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>