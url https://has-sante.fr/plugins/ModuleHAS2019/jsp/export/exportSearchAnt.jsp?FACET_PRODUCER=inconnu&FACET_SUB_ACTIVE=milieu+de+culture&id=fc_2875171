--- v0 (2025-10-19)
+++ v1 (2026-01-19)
@@ -9,86 +9,101 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="40">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
     <t>Myopathies reliées au collagène VI</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints de myopathies liées au collagène de type VI (COLVI). Il a été élaboré par le Centre de Référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>02/11/2022 17:40:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3376221/fr/myopathies-reliees-au-collagene-vi</t>
   </si>
   <si>
     <t>p_3376221</t>
   </si>
   <si>
     <t>Recommandation vaccinale</t>
   </si>
   <si>
     <t>Recommandation vaccinale contre les infections à rotavirus - Révision de la stratégie vaccinale et détermination de la place des vaccins Rotarix et RotaTeq</t>
   </si>
   <si>
     <t>La HAS recommande la vaccination contre les rotavirus chez tous les nourrissons âgés de 6 semaines à 6 mois, selon un schéma vaccinal à deux doses (à 2 et 3 mois de vie) pour le vaccin monovalent (Rotarix) et à trois doses (à 2, 3 et 4 mois de vie) pour le vaccin pentavalent (RotaTeq). Le strict respect de ce calendrier vaccinal est primordial afin d’assurer la complétude du schéma vaccinal avant l’âge limite (6 mois pour Rotarix et 8 mois pour RotaTeq).</t>
   </si>
   <si>
     <t>23/06/2022 00:00:00</t>
   </si>
   <si>
     <t>12/07/2022 16:29:00</t>
   </si>
@@ -164,51 +179,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -224,119 +239,145 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>15</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
-      </c>
-[...7 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
         <v>22</v>
       </c>
-      <c r="B4" t="s">
+      <c r="D4" t="s">
         <v>23</v>
       </c>
-      <c r="C4" t="s">
+      <c r="E4" t="s">
         <v>24</v>
       </c>
-      <c r="D4" t="s">
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
         <v>25</v>
       </c>
-      <c r="E4" t="s">
+      <c r="H4" t="s">
         <v>26</v>
-      </c>
-[...7 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
         <v>29</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>30</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>31</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
         <v>32</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>33</v>
       </c>
-      <c r="H5" t="s">
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>27</v>
+      </c>
+      <c r="B6" t="s">
         <v>34</v>
+      </c>
+      <c r="C6" t="s">
+        <v>35</v>
+      </c>
+      <c r="D6" t="s">
+        <v>36</v>
+      </c>
+      <c r="E6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>38</v>
+      </c>
+      <c r="H6" t="s">
+        <v>39</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>