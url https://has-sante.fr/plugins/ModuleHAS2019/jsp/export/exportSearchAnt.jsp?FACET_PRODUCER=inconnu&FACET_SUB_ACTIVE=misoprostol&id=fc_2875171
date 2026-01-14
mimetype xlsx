--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -1,298 +1,1304 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Article HAS" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="234" uniqueCount="118">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>01/25/2018 14:18:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>ARTHRUM</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2820336/en/normal-childbirth-support-of-physiology-and-medical-interventions</t>
+    <t>28/11/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398357/fr/arthrum</t>
+  </si>
+  <si>
+    <t>c_398357</t>
+  </si>
+  <si>
+    <t>LCA (France)</t>
+  </si>
+  <si>
+    <t>SUPARTZ</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398375/fr/supartz</t>
+  </si>
+  <si>
+    <t>c_398375</t>
+  </si>
+  <si>
+    <t>SEIKAGAKU (Japon)</t>
+  </si>
+  <si>
+    <t>SUPLASYN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398376/fr/suplasyn</t>
+  </si>
+  <si>
+    <t>c_398376</t>
+  </si>
+  <si>
+    <t>BIONICHE TEO (Irlande)</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Accouchement normal : accompagnement de la physiologie et interventions médicales</t>
+  </si>
+  <si>
+    <t>Définir pour les femmes à bas risque obstétrical les modalités de prise en charge respectueuses du rythme et du déroulement spontané de la naissance et des préférences des femmes. Améliorer et garantir la qualité et la sécurité des soins de la mère et du nouveau-né.</t>
+  </si>
+  <si>
+    <t>23/11/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>25/01/2018 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820336/fr/accouchement-normal-accompagnement-de-la-physiologie-et-interventions-medicales</t>
   </si>
   <si>
     <t>c_2820336</t>
   </si>
   <si>
-    <t>Primary postpartum haemorrhage</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272417/en/primary-postpartum-haemorrhage</t>
+    <t>Contraception chez la femme en post-partum</t>
+  </si>
+  <si>
+    <t>Il est important d’aborder la contraception et d’informer les femmes sur les méthodes possibles au cours de la grossesse et de la proposer en post-partum immédiat. La consultation du post-partum (6 à 8 semaines après l’accouchement) doit permettre de confirmer le choix contraceptif, son renouvellement éventuel, sa surveillance ou la pose d’un dispositif de longue durée (DIU, implant).</t>
+  </si>
+  <si>
+    <t>10/07/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1369193/fr/contraception-chez-la-femme-en-post-partum</t>
+  </si>
+  <si>
+    <t>c_1369193</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme à risque cardiovasculaire</t>
+  </si>
+  <si>
+    <t>La contraception chez une femme à risque cardiovasculaire n’est pas une prescription anodine. La Haute Autorité de santé (HAS) publie une nouvelle fiche mémo pour aider les professionnels de santé à proposer la contraception la plus adaptée aux contre indications présentées : antécédents, pathologies ou facteurs de risque. Cette fiche est fondée sur les critères établis par l’Organisation mondiale de la santé adaptés au contexte français.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638478/fr/contraception-chez-la-femme-a-risque-cardiovasculaire</t>
+  </si>
+  <si>
+    <t>c_1638478</t>
+  </si>
+  <si>
+    <t>Contraception hormonale orale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>Ces fiches mémo visent à fournir aux pharmaciens d’officine des outils afin de les aider à la dispensation d’une contraception hormonale régulière ou d’une contraception d’urgence aux femmes et adolescentes.</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720982/fr/contraception-hormonale-orale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1720982</t>
+  </si>
+  <si>
+    <t>Contraception : prescriptions et conseils aux femmes</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes/les hommes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752432/fr/contraception-prescriptions-et-conseils-aux-femmes</t>
+  </si>
+  <si>
+    <t>c_1752432</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme adulte et de l'adolescente en âge de procréer (hors post-partum et post-IVG)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752542/fr/contraception-chez-la-femme-adulte-et-de-l-adolescente-en-age-de-procreer-hors-post-partum-et-post-ivg</t>
+  </si>
+  <si>
+    <t>c_1752542</t>
+  </si>
+  <si>
+    <t>Stérilisation à visée contraceptive chez l’homme et chez la femme</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752765/fr/sterilisation-a-visee-contraceptive-chez-l-homme-et-chez-la-femme</t>
+  </si>
+  <si>
+    <t>c_1752765</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme après une interruption volontaire de grossesse (IVG)</t>
+  </si>
+  <si>
+    <t>La reprise de la fertilité après une IVG est immédiate ; une contraception efficace est donc indispensable dès la réalisation de l’IVG. Une information sur la contraception doit être délivrée lors de la consultation pré-IVG.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753312/fr/contraception-chez-la-femme-apres-une-interruption-volontaire-de-grossesse-ivg</t>
+  </si>
+  <si>
+    <t>c_1753312</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1754842/fr/contraception-d-urgence</t>
+  </si>
+  <si>
+    <t>c_1754842</t>
+  </si>
+  <si>
+    <t>Contraception chez l’homme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757909/fr/contraception-chez-l-homme</t>
+  </si>
+  <si>
+    <t>c_1757909</t>
+  </si>
+  <si>
+    <t>Contraception estroprogestative transdermique ou vaginale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759931/fr/contraception-estroprogestative-transdermique-ou-vaginale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759931</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759990/fr/contraception-d-urgence-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759990</t>
+  </si>
+  <si>
+    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_606527</t>
+  </si>
+  <si>
+    <t>Évaluation et prise en charge thérapeutique de la douleur chez les personnes âgées ayant des troubles de la communication verbale</t>
+  </si>
+  <si>
+    <t>Élaborer des recommandations concernant l'évaluation et le traitement de la douleur chez les personnes âgées ayant des troubles de la communication verbale.</t>
+  </si>
+  <si>
+    <t>01/10/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>01/10/2000 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272123/fr/evaluation-et-prise-en-charge-therapeutique-de-la-douleur-chez-les-personnes-agees-ayant-des-troubles-de-la-communication-verbale</t>
+  </si>
+  <si>
+    <t>c_272123</t>
+  </si>
+  <si>
+    <t>Hémorragies du post-partum immédiat</t>
+  </si>
+  <si>
+    <t>Les hémorragies du post-partum (HPP) sont la première cause de mortalité maternelle en France.# Ces recommandations ont pour objectif d’aider les professionnels de santé (gynécologue-obstétriciens, anesthésistes-réanimateurs, sages-femmes) à prendre une décision médicale dans ce contexte d’urgence.# Les recommandations répondent aux principales questions suivantes : # 1. Quels sont les facteurs de risque en période anténatale et pendant le travail ?# 2. Quelle est la prise en charge recommandée en période anténatale et au moment de l’accouchement afin de diminuer le risque de survenue ou les conséquences d’une HPP ?# 3. Quelle est la prise en charge recommandée en cas d’HPP initiale et en cas d’HPP qui persiste ?# 4. Quelles sont les méthodes invasives recommandées et quelle stratégie adopter en cas d’HPP menaçant le pronostic vital ?</t>
+  </si>
+  <si>
+    <t>01/11/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/11/2004 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272417/fr/hemorragies-du-post-partum-immediat</t>
   </si>
   <si>
     <t>c_272417</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3445536/en/evaluation-of-high-intensity-focused-ultrasound-hifu-for-the-treatment-of-symptomatic-uterine-fibroids-brief-inahta</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Syndrome de Gitelman</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Gitelman. Il a été élaboré par les Centres de Référence MARHEA Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392050/fr/syndrome-de-gitelman</t>
+  </si>
+  <si>
+    <t>p_3392050</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des ultrasons focalisés de haute intensité pour le traitement des fibromes utérins symptomatiques – Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Rapport d’évaluation du traitement des fibromes utérins symptomatiques par ultrasons focalisés de haute intensité selon deux modalités de guidage : guidage par échographie (USgHIFU) et guidage par IRM (MRgHIFU)</t>
+  </si>
+  <si>
+    <t>18/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>24/07/2024 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3445536/fr/evaluation-des-ultrasons-focalises-de-haute-intensite-pour-le-traitement-des-fibromes-uterins-symptomatiques-rapport-d-evaluation</t>
   </si>
   <si>
     <t>p_3445536</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 octobre 2015</t>
+  </si>
+  <si>
+    <t>14/10/2015 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2563061/fr/commission-de-la-transparence-reunion-du-21-octobre-2015</t>
+  </si>
+  <si>
+    <t>c_2563061</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Efficacité des méthodes contraceptives</t>
+  </si>
+  <si>
+    <t>17/05/2014 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757924/fr/efficacite-des-methodes-contraceptives</t>
+  </si>
+  <si>
+    <t>c_1757924</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:J4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
+      <c r="I2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J2" t="s">
+        <v>16</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="I3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J3" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>13</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
       </c>
+      <c r="H4" t="s">
+        <v>23</v>
+      </c>
+      <c r="I4" t="s">
+        <v>12</v>
+      </c>
+      <c r="J4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H16"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>25</v>
+      </c>
+      <c r="B2" t="s">
+        <v>26</v>
+      </c>
+      <c r="C2" t="s">
+        <v>27</v>
+      </c>
+      <c r="D2" t="s">
+        <v>28</v>
+      </c>
+      <c r="E2" t="s">
+        <v>29</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>30</v>
+      </c>
+      <c r="H2" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>25</v>
+      </c>
+      <c r="B3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C3" t="s">
+        <v>33</v>
+      </c>
+      <c r="D3" t="s">
+        <v>34</v>
+      </c>
+      <c r="E3" t="s">
+        <v>35</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>36</v>
+      </c>
+      <c r="H3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>25</v>
+      </c>
       <c r="B4" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="C4" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="D4" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="E4" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>27</v>
+        <v>40</v>
       </c>
       <c r="H4" t="s">
-        <v>28</v>
+        <v>41</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>25</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>43</v>
+      </c>
+      <c r="D5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E5" t="s">
+        <v>44</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>45</v>
+      </c>
+      <c r="H5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>25</v>
+      </c>
+      <c r="B6" t="s">
+        <v>47</v>
+      </c>
+      <c r="C6" t="s">
+        <v>48</v>
+      </c>
+      <c r="D6" t="s">
+        <v>34</v>
+      </c>
+      <c r="E6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>49</v>
+      </c>
+      <c r="H6" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>25</v>
+      </c>
+      <c r="B7" t="s">
+        <v>51</v>
+      </c>
+      <c r="C7" t="s">
+        <v>48</v>
+      </c>
+      <c r="D7" t="s">
+        <v>34</v>
+      </c>
+      <c r="E7" t="s">
+        <v>35</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>52</v>
+      </c>
+      <c r="H7" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>25</v>
+      </c>
+      <c r="B8" t="s">
+        <v>54</v>
+      </c>
+      <c r="C8" t="s">
+        <v>55</v>
+      </c>
+      <c r="D8" t="s">
+        <v>34</v>
+      </c>
+      <c r="E8" t="s">
+        <v>44</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>56</v>
+      </c>
+      <c r="H8" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>25</v>
+      </c>
+      <c r="B9" t="s">
+        <v>58</v>
+      </c>
+      <c r="C9" t="s">
+        <v>59</v>
+      </c>
+      <c r="D9" t="s">
+        <v>34</v>
+      </c>
+      <c r="E9" t="s">
+        <v>44</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>60</v>
+      </c>
+      <c r="H9" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>25</v>
+      </c>
+      <c r="B10" t="s">
+        <v>62</v>
+      </c>
+      <c r="C10" t="s">
+        <v>63</v>
+      </c>
+      <c r="D10" t="s">
+        <v>34</v>
+      </c>
+      <c r="E10" t="s">
+        <v>35</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>64</v>
+      </c>
+      <c r="H10" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>25</v>
+      </c>
+      <c r="B11" t="s">
+        <v>66</v>
+      </c>
+      <c r="C11" t="s">
+        <v>48</v>
+      </c>
+      <c r="D11" t="s">
+        <v>34</v>
+      </c>
+      <c r="E11" t="s">
+        <v>35</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>67</v>
+      </c>
+      <c r="H11" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>25</v>
+      </c>
+      <c r="B12" t="s">
+        <v>69</v>
+      </c>
+      <c r="C12" t="s">
+        <v>43</v>
+      </c>
+      <c r="D12" t="s">
+        <v>34</v>
+      </c>
+      <c r="E12" t="s">
+        <v>44</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>70</v>
+      </c>
+      <c r="H12" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>25</v>
+      </c>
+      <c r="B13" t="s">
+        <v>72</v>
+      </c>
+      <c r="C13" t="s">
+        <v>43</v>
+      </c>
+      <c r="D13" t="s">
+        <v>34</v>
+      </c>
+      <c r="E13" t="s">
+        <v>44</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>73</v>
+      </c>
+      <c r="H13" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>25</v>
+      </c>
+      <c r="B14" t="s">
+        <v>75</v>
+      </c>
+      <c r="C14" t="s">
+        <v>76</v>
+      </c>
+      <c r="D14" t="s">
+        <v>77</v>
+      </c>
+      <c r="E14" t="s">
+        <v>78</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>79</v>
+      </c>
+      <c r="H14" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>25</v>
+      </c>
+      <c r="B15" t="s">
+        <v>81</v>
+      </c>
+      <c r="C15" t="s">
+        <v>82</v>
+      </c>
+      <c r="D15" t="s">
+        <v>83</v>
+      </c>
+      <c r="E15" t="s">
+        <v>84</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>85</v>
+      </c>
+      <c r="H15" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>25</v>
+      </c>
+      <c r="B16" t="s">
+        <v>87</v>
+      </c>
+      <c r="C16" t="s">
+        <v>88</v>
+      </c>
+      <c r="D16" t="s">
+        <v>89</v>
+      </c>
+      <c r="E16" t="s">
+        <v>90</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>91</v>
+      </c>
+      <c r="H16" t="s">
+        <v>92</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>93</v>
+      </c>
+      <c r="B2" t="s">
+        <v>94</v>
+      </c>
+      <c r="C2" t="s">
+        <v>95</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>96</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>97</v>
+      </c>
+      <c r="H2" t="s">
+        <v>98</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>99</v>
+      </c>
+      <c r="B2" t="s">
+        <v>100</v>
+      </c>
+      <c r="C2" t="s">
+        <v>101</v>
+      </c>
+      <c r="D2" t="s">
+        <v>102</v>
+      </c>
+      <c r="E2" t="s">
+        <v>103</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>104</v>
+      </c>
+      <c r="H2" t="s">
+        <v>105</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>107</v>
+      </c>
+      <c r="B2" t="s">
+        <v>108</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>109</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>110</v>
+      </c>
+      <c r="H2" t="s">
+        <v>111</v>
+      </c>
+      <c r="I2" t="s">
+        <v>112</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>113</v>
+      </c>
+      <c r="B2" t="s">
+        <v>114</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>115</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>116</v>
+      </c>
+      <c r="H2" t="s">
+        <v>117</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>