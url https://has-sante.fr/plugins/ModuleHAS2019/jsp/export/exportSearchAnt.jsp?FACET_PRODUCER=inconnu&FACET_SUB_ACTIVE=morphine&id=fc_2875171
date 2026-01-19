--- v0 (2025-10-19)
+++ v1 (2026-01-19)
@@ -9,578 +9,224 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="216" uniqueCount="159">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="41">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation en santé publique</t>
-[...5 lines deleted...]
-    <t>La HAS recommande la mise en place de la vaccination contre la dengue par le vaccin Qdenga dans les territoires français d’Amérique (Antilles et Guyane), ainsi qu’à Mayotte et à La Réunion. La HAS préconise de vacciner dans ces territoires les enfants âgés de 6 à 16 ans présentant un antécédent d’infection par la dengue ainsi que les adultes de 17 à 60 ans présentant des comorbidités, avec ou sans antécédent.</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Dengue vaccination strategy – Role of the Qdenga vaccine - Recommend</t>
+  </si>
+  <si>
+    <t>The HAS recommends the implementation of vaccination against dengue fever using the Qdenga vaccine in the French territories of America (the Antilles and French Guiana), as well as in Mayotte and Réunion. The HAS recommends vaccinating children aged 6 to 16 with a history of dengue infection in these territories, as well as adults aged 17 to 60 with comorbidities, with or without a history of infection.</t>
   </si>
   <si>
     <t>12/12/2024 00:00:00</t>
   </si>
   <si>
-    <t>17/12/2024 11:07:00</t>
+    <t>12/17/2024 11:07:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3461308/fr/strategie-de-vaccination-contre-la-dengue-place-du-vaccin-qdenga</t>
+    <t>https://www.has-sante.fr/jcms/p_3461308/en/dengue-vaccination-strategy-role-of-the-qdenga-vaccine-recommend</t>
   </si>
   <si>
     <t>p_3461308</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...251 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_765529/fr/obesite-prise-en-charge-chirurgicale-chez-l-adulte</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Obesity surgery in adults</t>
+  </si>
+  <si>
+    <t>The objectives of these guidelines are : 1. to improve the long-term efficacy of obesity surgery and reduce the incidence of complications through : better selection, information and preparation of patients, choice of the technique that provides the best benefit/risk ratio in the patients selected, better definition of the members and role of the multidisciplinary team ; 2. to reduce the severity of complications through early detection and management.</t>
+  </si>
+  <si>
+    <t>01/28/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>06/22/2009 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765529/en/obesity-surgery-in-adults</t>
   </si>
   <si>
     <t>c_765529</t>
   </si>
   <si>
-    <t>Accès aux soins des personnes en situation de handicap - Rapport de la commission d'audition publique</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272030/fr/evaluation-et-strategies-de-prise-en-charge-de-la-douleur-aigue-en-ambulatoire-chez-l-enfant-de-1-mois-a-15-ans</t>
+    <t>Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years</t>
+  </si>
+  <si>
+    <t>These clinical practice guidelines for “Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years” were produced at the request of the Ministry of Health, and are intended for all health professionals involved in managing acute pain in children.</t>
+  </si>
+  <si>
+    <t>03/01/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272030/en/assessment-and-management-of-acute-pain-in-paediatric-outpatients-aged-between-1-month-and-15-years</t>
   </si>
   <si>
     <t>c_272030</t>
   </si>
   <si>
-    <t>Évaluation et prise en charge thérapeutique de la douleur chez les personnes âgées ayant des troubles de la communication verbale</t>
-[...20 lines deleted...]
-    <t>Évaluation des médicaments homéopathiques</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assesment of homeopathic medicines</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>26/06/2019 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
+    <t>06/26/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>09/07/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
   <si>
-    <t>Prothèse épirétinienne et son acte d'implantation</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1343374/fr/prothese-epiretinienne-et-son-acte-d-implantation</t>
+    <t>Assessment of an epiretinal implant and its implantation procedure</t>
+  </si>
+  <si>
+    <t>To assess effectiveness and safety of ARGUS II to support reimbursement decision by the French National Insurance Funds.# Systematic literature review was performed and EUnetHTA Planned and Ongoing Projects database was consulted. The ensuing report was discussed by a multidisciplinary working group, then submitted to the relevant HAS Committees for validation.</t>
+  </si>
+  <si>
+    <t>12/19/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>12/20/2012 11:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1343374/en/assessment-of-an-epiretinal-implant-and-its-implantation-procedure</t>
   </si>
   <si>
     <t>c_1343374</t>
-  </si>
-[...79 lines deleted...]
-    <t>c_915259</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H27"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -605,682 +251,136 @@
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>17</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>16</v>
       </c>
       <c r="B4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E4" t="s">
         <v>25</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="B5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="E5" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="H5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="B6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H6" t="s">
-        <v>39</v>
-[...6 lines deleted...]
-      <c r="B7" t="s">
         <v>40</v>
-      </c>
-[...536 lines deleted...]
-        <v>158</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>