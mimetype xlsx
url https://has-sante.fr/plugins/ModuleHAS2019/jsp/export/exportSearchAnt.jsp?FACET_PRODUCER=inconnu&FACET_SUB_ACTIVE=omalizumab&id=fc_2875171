--- v0 (2025-10-19)
+++ v1 (2026-01-19)
@@ -9,86 +9,101 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="35">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
     <t>Mastocytoses avancées de l'adulte</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient adulte atteint de mastocytose dite avancée : mastocytose systémique agressive, mastocytose systémique associée à une hémopathie maligne et leucémie à mastocytes (1–5). Il a été élaboré sous l’égide du Centre de Référence des Mastocytoses (CEREMAST) et de la filière de santé Maladies Rares immuno-hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>17/07/2025 17:21:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3636720/fr/mastocytoses-avancees-de-l-adulte</t>
   </si>
   <si>
     <t>p_3636720</t>
   </si>
   <si>
     <t>Hémophilie A acquise</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HAA. Il a été élaboré par le Centre de Référence de l’Hémophilie et autres déficits rares en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>04/03/2025 15:55:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3594164/fr/hemophilie-a-acquise</t>
   </si>
   <si>
     <t>p_3594164</t>
   </si>
@@ -149,51 +164,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -285,43 +300,69 @@
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>25</v>
       </c>
       <c r="C5" t="s">
         <v>26</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>27</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
         <v>28</v>
       </c>
       <c r="H5" t="s">
         <v>29</v>
       </c>
     </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>30</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>32</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>33</v>
+      </c>
+      <c r="H6" t="s">
+        <v>34</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>