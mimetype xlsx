--- v1 (2026-01-19)
+++ v2 (2026-03-05)
@@ -9,86 +9,101 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="40">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Vascularites associées aux ANCA</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Vascularites associées aux ANCA. Il a été élaboré sous l’égide du Groupe Français d’Etude des Vascularites et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>03/03/2026 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3858403/fr/vascularites-associees-aux-anca</t>
+  </si>
+  <si>
+    <t>p_3858403</t>
+  </si>
+  <si>
     <t>Mucoviscidose</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>05/12/2025 11:04:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
   </si>
   <si>
     <t>c_2792719</t>
   </si>
   <si>
     <t>Mastocytoses avancées de l'adulte</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient adulte atteint de mastocytose dite avancée : mastocytose systémique agressive, mastocytose systémique associée à une hémopathie maligne et leucémie à mastocytes (1–5). Il a été élaboré sous l’égide du Centre de Référence des Mastocytoses (CEREMAST) et de la filière de santé Maladies Rares immuno-hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>17/07/2025 17:21:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3636720/fr/mastocytoses-avancees-de-l-adulte</t>
   </si>
   <si>
     <t>p_3636720</t>
   </si>
@@ -164,51 +179,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -326,43 +341,69 @@
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>30</v>
       </c>
       <c r="C6" t="s">
         <v>31</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
         <v>32</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
         <v>33</v>
       </c>
       <c r="H6" t="s">
         <v>34</v>
       </c>
     </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>35</v>
+      </c>
+      <c r="C7" t="s">
+        <v>36</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>37</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>38</v>
+      </c>
+      <c r="H7" t="s">
+        <v>39</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>