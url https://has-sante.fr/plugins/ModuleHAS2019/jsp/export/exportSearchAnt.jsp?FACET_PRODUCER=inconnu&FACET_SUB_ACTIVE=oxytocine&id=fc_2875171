--- v0 (2025-10-19)
+++ v1 (2026-01-19)
@@ -9,149 +9,113 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...11 lines deleted...]
-    <t>31/05/2024 08:26:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Normal childbirth: support of physiology and medical interventions</t>
+  </si>
+  <si>
+    <t>Define for women at low obstetric risk how to take care of the pace and spontaneous development of birth and women's preferences. Improve and guarantee the quality and safety of maternal and newborn care.</t>
+  </si>
+  <si>
+    <t>11/23/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>01/25/2018 14:18:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3519414/fr/prise-en-charge-de-la-douleur-de-l-accouchement-analgesie-perimedullaire-et-alternatives-medicamenteuses</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2820336/fr/accouchement-normal-accompagnement-de-la-physiologie-et-interventions-medicales</t>
+    <t>https://www.has-sante.fr/jcms/c_2820336/en/normal-childbirth-support-of-physiology-and-medical-interventions</t>
   </si>
   <si>
     <t>c_2820336</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272417/fr/hemorragies-du-post-partum-immediat</t>
+    <t>Primary postpartum haemorrhage</t>
+  </si>
+  <si>
+    <t>To issue guidelines that will help reduce maternal deaths in France. Primary postpartum haemorrhage was the leading cause of death between 1990 and 2000 in France.</t>
+  </si>
+  <si>
+    <t>11/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>11/01/2004 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272417/en/primary-postpartum-haemorrhage</t>
   </si>
   <si>
     <t>c_272417</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -161,51 +125,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -245,95 +209,43 @@
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="4">
-[...50 lines deleted...]
-    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>