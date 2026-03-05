--- v1 (2026-01-19)
+++ v2 (2026-03-05)
@@ -9,113 +9,164 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="39">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>01/25/2018 14:18:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2820336/en/normal-childbirth-support-of-physiology-and-medical-interventions</t>
+    <t>19/12/2025 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge de la douleur de l’accouchement : analgésie périmédullaire et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’objectif de ces recommandations « Prise en charge de la douleur de l’accouchement : analgésie périmédullaire et alternatives médicamenteuses » est d’améliorer, à toutes les étapes, la qualité et la sécurité de la prise en charge de la douleur de l’accouchement pour la mère et l’enfant à naître.</t>
+  </si>
+  <si>
+    <t>30/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>31/05/2024 08:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3519414/fr/prise-en-charge-de-la-douleur-de-l-accouchement-analgesie-perimedullaire-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>p_3519414</t>
+  </si>
+  <si>
+    <t>Accouchement normal : accompagnement de la physiologie et interventions médicales</t>
+  </si>
+  <si>
+    <t>Définir pour les femmes à bas risque obstétrical les modalités de prise en charge respectueuses du rythme et du déroulement spontané de la naissance et des préférences des femmes. Améliorer et garantir la qualité et la sécurité des soins de la mère et du nouveau-né.</t>
+  </si>
+  <si>
+    <t>23/11/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>25/01/2018 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820336/fr/accouchement-normal-accompagnement-de-la-physiologie-et-interventions-medicales</t>
   </si>
   <si>
     <t>c_2820336</t>
   </si>
   <si>
-    <t>Primary postpartum haemorrhage</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272417/en/primary-postpartum-haemorrhage</t>
+    <t>Déficit hypophysaire congénital</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de déficit hypophysaire congénital. Il a été élaboré par le Centre de référence HYPO Maladies rares d’origine hypophysaire et le Centre de référence CRMERCD Maladies endocriniennes de la croissance et du développement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301031/fr/deficit-hypophysaire-congenital</t>
+  </si>
+  <si>
+    <t>p_3301031</t>
+  </si>
+  <si>
+    <t>Hémorragies du post-partum immédiat</t>
+  </si>
+  <si>
+    <t>Les hémorragies du post-partum (HPP) sont la première cause de mortalité maternelle en France.# Ces recommandations ont pour objectif d’aider les professionnels de santé (gynécologue-obstétriciens, anesthésistes-réanimateurs, sages-femmes) à prendre une décision médicale dans ce contexte d’urgence.# Les recommandations répondent aux principales questions suivantes : # 1. Quels sont les facteurs de risque en période anténatale et pendant le travail ?# 2. Quelle est la prise en charge recommandée en période anténatale et au moment de l’accouchement afin de diminuer le risque de survenue ou les conséquences d’une HPP ?# 3. Quelle est la prise en charge recommandée en cas d’HPP initiale et en cas d’HPP qui persiste ?# 4. Quelles sont les méthodes invasives recommandées et quelle stratégie adopter en cas d’HPP menaçant le pronostic vital ?</t>
+  </si>
+  <si>
+    <t>01/11/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/11/2004 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272417/fr/hemorragies-du-post-partum-immediat</t>
   </si>
   <si>
     <t>c_272417</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -125,127 +176,205 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>15</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>30</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H5" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>15</v>
+      </c>
+      <c r="B6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C6" t="s">
+        <v>34</v>
+      </c>
+      <c r="D6" t="s">
+        <v>35</v>
+      </c>
+      <c r="E6" t="s">
+        <v>36</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>37</v>
+      </c>
+      <c r="H6" t="s">
+        <v>38</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>