--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -35,69 +35,69 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>05/25/2016 10:28:00</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Diagnostic par détection virale et/ou sérologie des infections à virus herpes simplex et varicelle-zona dans le cadre mère-enfant</t>
+  </si>
+  <si>
+    <t>Évaluation des tests relatifs au diagnostic des infections à virus herpes simplex de types 1 et 2 (HSV-1/-2) et varicelle-zona (VZV) dans le cadre de la transmission mère-enfant de ces virus : détection du génome de ces virus par PCR dans différents contextes et prélèvements, diagnostic immunologique direct (détection d’antigènes viraux par immunofluorescence ou méthode immunoenzymatique), cultures orientée et non orientée, recherches sérologiques (IgM et IgG anti-VZV, IgM et IgG anti-HSV-1/-2 non spécifiques de type, IgG anti-HSV-1 et -2 spécifiques de type)</t>
+  </si>
+  <si>
+    <t>04/05/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>25/05/2016 10:28:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2589724/en/diagnosis-of-infections-with-the-herpes-simplex-virus-and-the-varicella-zoster-virus-by-virus-detection-and/or-serology-in-the-mother/child-setting-inahta-brief</t>
+    <t>https://www.has-sante.fr/jcms/c_2589724/fr/diagnostic-par-detection-virale-et/ou-serologie-des-infections-a-virus-herpes-simplex-et-varicelle-zona-dans-le-cadre-mere-enfant</t>
   </si>
   <si>
     <t>c_2589724</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>