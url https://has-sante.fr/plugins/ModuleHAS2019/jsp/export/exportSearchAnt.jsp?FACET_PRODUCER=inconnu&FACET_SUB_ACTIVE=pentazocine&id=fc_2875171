--- v0 (2025-10-19)
+++ v1 (2026-01-19)
@@ -9,152 +9,131 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="28">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...11 lines deleted...]
-    <t>07/02/2024 08:36:06</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years</t>
+  </si>
+  <si>
+    <t>These clinical practice guidelines for “Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years” were produced at the request of the Ministry of Health, and are intended for all health professionals involved in managing acute pain in children.</t>
+  </si>
+  <si>
+    <t>03/01/2000 00:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3493096/fr/prise-en-charge-de-la-retinopathie-du-premature</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272030/fr/evaluation-et-strategies-de-prise-en-charge-de-la-douleur-aigue-en-ambulatoire-chez-l-enfant-de-1-mois-a-15-ans</t>
+    <t>https://www.has-sante.fr/jcms/c_272030/en/assessment-and-management-of-acute-pain-in-paediatric-outpatients-aged-between-1-month-and-15-years</t>
   </si>
   <si>
     <t>c_272030</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2853398/fr/traitement-endoscopique-par-dissection-sous-muqueuse-des-lesions-rectales-superficielles-a-potentiel-cancereux</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Endoscopic submucosal dissection as treatment for potentially cancerous superficial rectal lesions - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this report was to assess the efficacy and safety of the endoscopic submucosal dissection (ESD) technique for the treatment of potentially cancerous superficial rectal lesions presenting a low risk of node involvement, by comparison to mucosectomy or to surgery, in order to conclude on the appropriateness of its public funding</t>
+  </si>
+  <si>
+    <t>10/22/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>11/03/2020 09:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853398/en/endoscopic-submucosal-dissection-as-treatment-for-potentially-cancerous-superficial-rectal-lesions-inahta-brief</t>
   </si>
   <si>
     <t>c_2853398</t>
   </si>
   <si>
-    <t>Traitement endoscopique par dissection sous-muqueuse des lésions cancéreuses superficielles coliques</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2853392/fr/traitement-endoscopique-par-dissection-sous-muqueuse-des-lesions-cancereuses-superficielles-coliques</t>
+    <t>Treatment of superficial colon cancer by endoscopic submucosal dissection - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this report was to compare the efficacy and safety of the endoscopic submucosal dissection (ESD) technique to mucosectomy and surgery (colectomy), in patients with superficial colon cancer presenting a low risk of node involvement, in order to assess the appropriateness of its public funding</t>
+  </si>
+  <si>
+    <t>02/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>02/13/2019 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853392/en/treatment-of-superficial-colon-cancer-by-endoscopic-submucosal-dissection-inahta-brief</t>
   </si>
   <si>
     <t>c_2853392</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -164,179 +143,153 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
+        <v>11</v>
+      </c>
+      <c r="F2" t="s">
         <v>12</v>
       </c>
-      <c r="F2" t="s">
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>17</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>15</v>
+      </c>
+      <c r="B4" t="s">
         <v>22</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>23</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>24</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>25</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
         <v>26</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>27</v>
-      </c>
-[...27 lines deleted...]
-        <v>34</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>