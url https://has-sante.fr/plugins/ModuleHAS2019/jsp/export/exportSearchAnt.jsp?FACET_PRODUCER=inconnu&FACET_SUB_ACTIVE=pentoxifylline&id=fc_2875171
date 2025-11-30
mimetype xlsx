--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -35,90 +35,90 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>03/08/2012 16:15:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Autisme et autres troubles envahissants du développement : interventions éducatives et thérapeutiques coordonnées chez l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation a pour objectif principal l’amélioration des pratiques des équipes amenées à mettre en œuvre les interventions auprès des enfants/adolescents avec TED, en particulier de mieux évaluer les besoins et ressources individuels de l’enfant et de sa famille, dans chacun des domaines de fonctionnement et de participation habituellement touchés par les répercussions des TED en vue de proposer un projet personnalisé d’interventions coordonnées considérées pertinentes pour répondre à ces besoins. Cette recommandation vise à répondre aux questions suivantes : - Quels sont les domaines du fonctionnement et de la participation de l’enfant ou de l’adolescent dans lesquels une évaluation régulière de son développement est nécessaire pour appréhender au mieux ses besoins et ses ressources ? - Quelles interventions proposer en fonction des besoins repérés dans chacun des domaines identifiés ? - Comment assurer l’organisation optimale des interventions et du parcours de l’enfant ou de l’adolescent ? Ces recommandations sont également disponibles sur le site www.anesm.sante.gouv.fr, au format des recommandations de l'Anesm.</t>
+  </si>
+  <si>
+    <t>07/03/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>08/03/2012 16:15:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_953959/en/autism-and-other-pdds-coordinated-education-and-treatment-interventions-in-children-and-adolescents</t>
+    <t>https://www.has-sante.fr/jcms/c_953959/fr/autisme-et-autres-troubles-envahissants-du-developpement-interventions-educatives-et-therapeutiques-coordonnees-chez-l-enfant-et-l-adolescent</t>
   </si>
   <si>
     <t>c_953959</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés à la pratique de mésothérapie à visée esthétique</t>
+  </si>
+  <si>
+    <t>25/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1522566</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>