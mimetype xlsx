--- v1 (2025-11-30)
+++ v2 (2026-03-01)
@@ -9,116 +9,95 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...11 lines deleted...]
-    <t>08/03/2012 16:15:00</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>06/25/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>07/22/2014 15:42:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_953959/fr/autisme-et-autres-troubles-envahissants-du-developpement-interventions-educatives-et-therapeutiques-coordonnees-chez-l-enfant-et-l-adolescent</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
+    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
   </si>
   <si>
     <t>c_1522566</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -128,51 +107,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -186,69 +165,43 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="3">
-[...24 lines deleted...]
-    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>