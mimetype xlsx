--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -9,86 +9,101 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="65">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="70">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
     <t>ASMD : Maladie de Niemann-Pick de types A, B et A/B</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit en sphingomyélinase acide (ASMD). Il a été élaboré par le Centre de Référence des Maladies Lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>21/11/2024 15:16:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3557813/fr/asmd-maladie-de-niemann-pick-de-types-a-b-et-a/b</t>
   </si>
   <si>
     <t>p_3557813</t>
   </si>
   <si>
     <t>Déficit en transporteur de glucose GLUT1</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de référence des épilepsies rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>07/11/2024 11:29:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3555046/fr/deficit-en-transporteur-de-glucose-glut1</t>
   </si>
   <si>
     <t>p_3555046</t>
   </si>
@@ -254,51 +269,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H11"/>
+  <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -470,119 +485,145 @@
       </c>
       <c r="B8" t="s">
         <v>40</v>
       </c>
       <c r="C8" t="s">
         <v>41</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
         <v>42</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
         <v>43</v>
       </c>
       <c r="H8" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
         <v>45</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
         <v>46</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
         <v>47</v>
       </c>
-      <c r="D9" t="s">
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
         <v>48</v>
       </c>
-      <c r="E9" t="s">
+      <c r="H9" t="s">
         <v>49</v>
-      </c>
-[...7 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="B10" t="s">
+        <v>51</v>
+      </c>
+      <c r="C10" t="s">
         <v>52</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
         <v>53</v>
       </c>
-      <c r="D10" t="s">
+      <c r="E10" t="s">
         <v>54</v>
       </c>
-      <c r="E10" t="s">
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
         <v>55</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="H10" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
+        <v>50</v>
+      </c>
+      <c r="B11" t="s">
+        <v>57</v>
+      </c>
+      <c r="C11" t="s">
         <v>58</v>
       </c>
-      <c r="B11" t="s">
+      <c r="D11" t="s">
         <v>59</v>
       </c>
-      <c r="C11" t="s">
+      <c r="E11" t="s">
         <v>60</v>
       </c>
-      <c r="D11" t="s">
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
         <v>61</v>
       </c>
-      <c r="E11" t="s">
+      <c r="H11" t="s">
         <v>62</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
         <v>63</v>
       </c>
-      <c r="H11" t="s">
+      <c r="B12" t="s">
         <v>64</v>
+      </c>
+      <c r="C12" t="s">
+        <v>65</v>
+      </c>
+      <c r="D12" t="s">
+        <v>66</v>
+      </c>
+      <c r="E12" t="s">
+        <v>67</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>68</v>
+      </c>
+      <c r="H12" t="s">
+        <v>69</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>