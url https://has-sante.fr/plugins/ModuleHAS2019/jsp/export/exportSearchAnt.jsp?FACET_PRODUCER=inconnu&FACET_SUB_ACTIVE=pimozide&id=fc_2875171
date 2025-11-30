--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -35,69 +35,69 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>03/08/2012 16:15:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Autisme et autres troubles envahissants du développement : interventions éducatives et thérapeutiques coordonnées chez l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation a pour objectif principal l’amélioration des pratiques des équipes amenées à mettre en œuvre les interventions auprès des enfants/adolescents avec TED, en particulier de mieux évaluer les besoins et ressources individuels de l’enfant et de sa famille, dans chacun des domaines de fonctionnement et de participation habituellement touchés par les répercussions des TED en vue de proposer un projet personnalisé d’interventions coordonnées considérées pertinentes pour répondre à ces besoins. Cette recommandation vise à répondre aux questions suivantes : - Quels sont les domaines du fonctionnement et de la participation de l’enfant ou de l’adolescent dans lesquels une évaluation régulière de son développement est nécessaire pour appréhender au mieux ses besoins et ses ressources ? - Quelles interventions proposer en fonction des besoins repérés dans chacun des domaines identifiés ? - Comment assurer l’organisation optimale des interventions et du parcours de l’enfant ou de l’adolescent ? Ces recommandations sont également disponibles sur le site www.anesm.sante.gouv.fr, au format des recommandations de l'Anesm.</t>
+  </si>
+  <si>
+    <t>07/03/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>08/03/2012 16:15:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_953959/en/autism-and-other-pdds-coordinated-education-and-treatment-interventions-in-children-and-adolescents</t>
+    <t>https://www.has-sante.fr/jcms/c_953959/fr/autisme-et-autres-troubles-envahissants-du-developpement-interventions-educatives-et-therapeutiques-coordonnees-chez-l-enfant-et-l-adolescent</t>
   </si>
   <si>
     <t>c_953959</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>