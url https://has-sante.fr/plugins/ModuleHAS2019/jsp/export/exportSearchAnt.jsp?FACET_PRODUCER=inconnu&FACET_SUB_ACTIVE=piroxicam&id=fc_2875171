--- v0 (2025-12-02)
+++ v1 (2026-01-19)
@@ -9,131 +9,149 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="34">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...8 lines deleted...]
-    <t>03/01/2000 00:00:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge du patient présentant une lombalgie commune</t>
+  </si>
+  <si>
+    <t>L’objectif : guider les professionnels de santé dans les différentes étapes du diagnostic et du traitement, afin de réduire le risque de chronicité de la lombalgie et de désinsertion professionnelle.</t>
+  </si>
+  <si>
+    <t>27/03/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>04/04/2019 10:06:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272030/en/assessment-and-management-of-acute-pain-in-paediatric-outpatients-aged-between-1-month-and-15-years</t>
+    <t>https://www.has-sante.fr/jcms/c_2961499/fr/prise-en-charge-du-patient-presentant-une-lombalgie-commune</t>
+  </si>
+  <si>
+    <t>c_2961499</t>
+  </si>
+  <si>
+    <t>Évaluation et stratégies de prise en charge de la douleur aiguë en ambulatoire chez l'enfant de 1 mois à 15 ans</t>
+  </si>
+  <si>
+    <t>Les questions traitées sont les suivantes :# 1. Pourquoi faut-il traiter la douleur ?# 2. Quels sont les moyens d'identification et les outils d'évaluation de la douleur aiguë ?# 3. Quels sont les moyens de lutte contre la douleur aiguë ?# 4. Quelles sont les stratégies de prise en charge de la douleur aiguë lors de pathologies courantes en pédiatrie, lors d'un traumatisme récent et lors de douleur exogène provoquée par les soins ?#</t>
+  </si>
+  <si>
+    <t>01/03/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272030/fr/evaluation-et-strategies-de-prise-en-charge-de-la-douleur-aigue-en-ambulatoire-chez-l-enfant-de-1-mois-a-15-ans</t>
   </si>
   <si>
     <t>c_272030</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...2 lines deleted...]
-    <t>Assesment of homeopathic medicines</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des médicaments homéopathiques</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>06/26/2019 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>07/09/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
   <si>
-    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
+    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés à la pratique de mésothérapie à visée esthétique</t>
+  </si>
+  <si>
+    <t>25/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1522566</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -143,153 +161,179 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>19</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="B4" t="s">
         <v>22</v>
       </c>
       <c r="C4" t="s">
         <v>23</v>
       </c>
       <c r="D4" t="s">
         <v>24</v>
       </c>
       <c r="E4" t="s">
         <v>25</v>
       </c>
       <c r="F4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4" t="s">
         <v>27</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>21</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
+        <v>33</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>