--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -1,208 +1,544 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="226" uniqueCount="140">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>06/22/2009 15:40:00</t>
+    <t>Guide méthodologique</t>
+  </si>
+  <si>
+    <t>Certification par essai de type des logiciels d’aide à la dispensation (LAD) de pharmacie à usage intérieur (PUI)</t>
+  </si>
+  <si>
+    <t>Les logiciels d’aide à la dispensation (LAD) utilisés par les pharmaciens en pharmacie à usage intérieur (PUI) sont des logiciels dont au moins une des fonctions permet l’enregistrement d’une dispensation de médicaments (analyse des prescriptions, conseil et délivrance des médicaments). Leur certification - facultative en France - participe à l'amélioration des pratiques et garantit la conformité des logiciels à des exigences minimales en termes de sécurité, de qualité et d'efficience de la dispensation.</t>
+  </si>
+  <si>
+    <t>22/09/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>28/09/2022 16:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_765529/en/obesity-surgery-in-adults</t>
+    <t>https://www.has-sante.fr/jcms/p_3372202/fr/certification-par-essai-de-type-des-logiciels-d-aide-a-la-dispensation-lad-de-pharmacie-a-usage-interieur-pui</t>
+  </si>
+  <si>
+    <t>p_3372202</t>
+  </si>
+  <si>
+    <t>Certification par essai de type des logiciels hospitaliers d’aide à la prescription (LAP)</t>
+  </si>
+  <si>
+    <t>La HAS est chargée d’établir la procédure de certification des Logiciels d’Aide à la Prescription (LAP). Les éditeurs de LAP peuvent se faire certifier par des organismes certificateurs, eux-mêmes accrédités par le Comité français d’accréditation (Cofrac).</t>
+  </si>
+  <si>
+    <t>06/05/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>14/05/2021 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1499094/fr/certification-par-essai-de-type-des-logiciels-hospitaliers-d-aide-a-la-prescription-lap</t>
+  </si>
+  <si>
+    <t>r_1499094</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge thérapeutique des patients atteints de condylomes ano-génitaux</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes de condylomes ano-génitaux. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>14/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562508/fr/prise-en-charge-therapeutique-des-patients-atteints-de-condylomes-ano-genitaux</t>
+  </si>
+  <si>
+    <t>p_3562508</t>
+  </si>
+  <si>
+    <t>Épilepsies : Prise en charge des enfants et des adultes</t>
+  </si>
+  <si>
+    <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
+  </si>
+  <si>
+    <t>08/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2020 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
+  </si>
+  <si>
+    <t>p_3214468</t>
+  </si>
+  <si>
+    <t>Antalgie des douleurs rebelles et pratiques sédatives chez l'adulte : prise en charge médicamenteuse en situations palliatives jusqu’en fin de vie</t>
+  </si>
+  <si>
+    <t>Des travaux pour aider les professionnels de santé à prendre en charge les patients en fin de vie dans les conditions les plus humaines et les moins douloureuses possibles. Ces travaux s'inscrivent dans le contexte de mise en œuvre de la loi Claeys-Leonetti du 2 février 2016 créant un droit à la sédation profonde et continue, maintenue jusqu’au décès.</t>
+  </si>
+  <si>
+    <t>29/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2020 00:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3150631/fr/antalgie-des-douleurs-rebelles-et-pratiques-sedatives-chez-l-adulte-prise-en-charge-medicamenteuse-en-situations-palliatives-jusqu-en-fin-de-vie</t>
+  </si>
+  <si>
+    <t>p_3150631</t>
+  </si>
+  <si>
+    <t>Prise en charge de l’hypertension artérielle de l’adulte</t>
+  </si>
+  <si>
+    <t>Fiche mémo élaborée conjointement par la HAS et la Société Française d’HTA (SFHTA) dont l’objectif est de proposer un outil pratique pour une prise en charge optimale des patients hypertendus.</t>
+  </si>
+  <si>
+    <t>07/09/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>27/10/2016 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2059286/fr/prise-en-charge-de-l-hypertension-arterielle-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2059286</t>
+  </si>
+  <si>
+    <t>Prise en charge des auteurs d’agression sexuelle à l’encontre de mineurs de moins de 15 ans</t>
+  </si>
+  <si>
+    <t>L’objectif principal des recommandations est de proposer aux professionnels concernés des stratégies de prise en charge thérapeutique des auteurs d’agression sexuelle à l’encontre de mineurs de moins de 15 ans.</t>
+  </si>
+  <si>
+    <t>22/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>16/03/2010 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_930913/fr/prise-en-charge-des-auteurs-d-agression-sexuelle-a-l-encontre-de-mineurs-de-moins-de-15-ans</t>
+  </si>
+  <si>
+    <t>c_930913</t>
+  </si>
+  <si>
+    <t>Cryopréservation de tissus, cellules et liquides biologiques issus du soin</t>
+  </si>
+  <si>
+    <t>Ces recommandations sont une actualisation des « Recommandations pour la cryopréservation de cellules et tissus tumoraux dans le but de réaliser des analyses moléculaires », élaborées conjointement par la Société française de pathologie, la Société française d’hématologie et la Société française de cancérologie publiées en mai 2000. Cette actualisation a été demandée à la HAS par la Société française de pathologie.</t>
+  </si>
+  <si>
+    <t>02/09/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>15/02/2010 14:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_923153/fr/cryopreservation-de-tissus-cellules-et-liquides-biologiques-issus-du-soin</t>
+  </si>
+  <si>
+    <t>c_923153</t>
+  </si>
+  <si>
+    <t>Obésité : prise en charge chirurgicale chez l'adulte</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectifs : d'améliorer l’efficacité à long terme de la chirurgie et réduire la survenue des complications par : une meilleure sélection, information et préparation des patients le choix de la technique apportant le meilleur rapport bénéfice/risque chez les patients sélectionnés une meilleure formalisation de la constitution et du rôle de l’équipe pluridisciplinaire de réduire la gravité des complications par leur détection et leur prise en charge précoces. Les questions auxquelles répondent les recommandations sont les suivantes : Stratégies de prise en charge des patients atteints d’obésité dans le cadre d’une intervention chirurgicale initiale Les indications actuelles de la chirurgie bariatrique doivent-elles être revues ? Quels doivent être les modalités et le contenu de l’évaluation et de la prise en charge préopératoires du patient ? Quels critères doit-on prendre en compte pour le choix des techniques chirurgicales ? Quels doivent être les modalités et le contenu du suivi et de la prise en charge postopératoires du patient ? Stratégies de prise en charge des patients atteints d’obésité dans le cadre d’une réintervention chirurgicale.</t>
+  </si>
+  <si>
+    <t>28/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>22/06/2009 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765529/fr/obesite-prise-en-charge-chirurgicale-chez-l-adulte</t>
   </si>
   <si>
     <t>c_765529</t>
   </si>
   <si>
-    <t>Rheumatoid arthritis - Diagnosis and initial management</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_606479/en/rheumatoid-arthritis-diagnosis-and-initial-management</t>
+    <t>Polyarthrite rhumatoïde : diagnostic et prise en charge initiale. Cette recommandation est suspendue.</t>
+  </si>
+  <si>
+    <t>27/05/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606479/fr/polyarthrite-rhumatoide-diagnostic-et-prise-en-charge-initiale-cette-recommandation-est-suspendue</t>
   </si>
   <si>
     <t>c_606479</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...2 lines deleted...]
-    <t>Assesment of homeopathic medicines</t>
+    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_606527</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur. Il a été élaboré par la Filière de santé maladies rares MCGRE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_938890</t>
+  </si>
+  <si>
+    <t>Lupus Systémique de l'adulte et de l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lupus systémique (LS). Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493410/fr/lupus-systemique-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3493410</t>
+  </si>
+  <si>
+    <t>Syndrome de Gitelman</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Gitelman. Il a été élaboré par les Centres de Référence MARHEA Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392050/fr/syndrome-de-gitelman</t>
+  </si>
+  <si>
+    <t>p_3392050</t>
+  </si>
+  <si>
+    <t>Lithiase urinaire de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient pédiatrique présentant des lithiases rénales ou des voies urinaires. Il a été élaboré par le Centre de Référence des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296532/fr/lithiase-urinaire-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3296532</t>
+  </si>
+  <si>
+    <t>Hyperinsulinisme congénital</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Hyperinsulinisme congénital. Il a été élaboré par les Filières de Santé Maladies Rares G2M et Firendo à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/10/2020 17:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3198985/fr/hyperinsulinisme-congenital</t>
+  </si>
+  <si>
+    <t>p_3198985</t>
+  </si>
+  <si>
+    <t>Maladie liée à HNF-1β</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient porteur d’un variant pathogène de HNF-1β. Il a été élaboré par le centre de référence des Maladies Rénales Rares sous l'égide et avec le partenariat de la Filière de Santé Maladies Rénales Rares (ORKID), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/04/2020 17:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3167157/fr/maladie-liee-a-hnf-1</t>
+  </si>
+  <si>
+    <t>p_3167157</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes - rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place du séquençage au débit (NGS) au sein de la stratégie diagnostique des aminoacidopathies suivantes : phénylcétonurie, troubles du cycle de l’urée, leucinose, tyrosinémie de type 1 et homocystinurie par déficit en CBS, chez les adultes et les enfants suspectés d’être atteints ou à défaut déjà atteints de l’une de ces aminoacidopathies</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639045/fr/sequencage-haut-debit-ciblant-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-aminoacidopathies-les-plus-frequentes-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3639045</t>
+  </si>
+  <si>
+    <t>Évaluation des médicaments homéopathiques</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>06/26/2019 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>07/09/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
   <si>
-    <t>Laser treatment of lower urinary tract symptoms associated with benign prostatic</t>
-[...5 lines deleted...]
-    <t>11/13/2013 00:00:00</t>
+    <t>Traitement des symptômes du bas appareil urinaire liés à l’hypertrophie bénigne de la prostate par laser – Rapport d’évaluation technologique</t>
+  </si>
+  <si>
+    <t>L'objectif de ce travail est d'évaluer et de comparer l’efficacité, la sécurité et le coût des techniques lasers les plus utilisées en France (photovaporisation sélective de la prostate par LASER (PVPS)) et à l’étranger (l’énucléation par LASER à l’Holmium (HoLEP)) par rapport aux techniques classiques (la résection trans-urétrale de la prostate [RTUP] et l’adénomectomie par voie haute [AVH])</t>
+  </si>
+  <si>
+    <t>13/11/2013 00:00:00</t>
   </si>
   <si>
     <t>12/12/2013 11:54:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_827591/en/laser-treatment-of-lower-urinary-tract-symptoms-associated-with-benign-prostatic</t>
+    <t>https://www.has-sante.fr/jcms/c_827591/fr/traitement-des-symptomes-du-bas-appareil-urinaire-lies-a-l-hypertrophie-benigne-de-la-prostate-par-laser-rapport-d-evaluation-technologique</t>
   </si>
   <si>
     <t>c_827591</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 1er juillet 2015</t>
+  </si>
+  <si>
+    <t>24/06/2015 17:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040932/fr/commission-de-la-transparence-reunion-du-1er-juillet-2015</t>
+  </si>
+  <si>
+    <t>c_2040932</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 - Place d’un rappel par le vaccin à ARNm COMIRNATY®</t>
+  </si>
+  <si>
+    <t>Le vaccin Comirnaty® a obtenu le 4 octobre 2021 une variation à l’autorisation de mise sur le marché (AMM) conditionnelle en Europe (procédure centralisée). Il peut être administré en tant que dose de rappel (3ème dose), injectée par voie intramusculaire au moins 6 mois après la seconde dose, chez les personnes âgées de 18 ans et plus. L’actualisation des données les plus récentes conforte les recommandations de la HAS du 23 août 2021, relatives à l’administration d’une dose de rappel pour les personnes de 65 ans et plus, ainsi que pour toutes les personnes présentant des comorbidités augmentant le risque de formes graves et de décès liés à la Covid-19. La situation sanitaire actuelle, dont les indicateurs s’améliorent, et les données encore limitées sur les conséquences d’un déclin de l’efficacité vaccinale au cours du temps chez les adultes jeunes, sans comorbidité, ne permettent pas à ce stade de modifier les recommandations de la HAS quant à la pertinence d’un rappel en population générale. La HAS souligne toutefois que l’administration d’une dose de rappel deviendra probablement nécessaire au cours des mois qui viennent. En revanche, compte tenu du risque accru d’exposition et d’infection au virus du SARS-CoV-2 par rapport à la population générale, la HAS recommande d’étendre l’administration d’une dose de rappel aux professionnels du secteur de la santé et du secteur médico-social, en contact avec les patients et chez les professionnels du transport sanitaire (quel que soit leur mode d’exercice, y compris bénévole, et quel que soit leur âge).</t>
+  </si>
+  <si>
+    <t>13/10/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>06/10/2021 17:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290614/fr/strategie-de-vaccination-contre-la-covid-19-place-d-un-rappel-par-le-vaccin-a-arnm-comirnaty</t>
+  </si>
+  <si>
+    <t>p_3290614</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -224,113 +560,787 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
+        <v>21</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H10"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B2" t="s">
+        <v>23</v>
+      </c>
+      <c r="C2" t="s">
+        <v>24</v>
+      </c>
+      <c r="D2" t="s">
+        <v>25</v>
+      </c>
+      <c r="E2" t="s">
+        <v>26</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
+        <v>30</v>
+      </c>
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3" t="s">
+        <v>34</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B4" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="C4" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="D4" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="E4" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="H4" t="s">
-        <v>26</v>
+        <v>40</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B5" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="C5" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="D5" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="E5" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="H5" t="s">
-        <v>32</v>
+        <v>46</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>22</v>
+      </c>
+      <c r="B6" t="s">
+        <v>47</v>
+      </c>
+      <c r="C6" t="s">
+        <v>48</v>
+      </c>
+      <c r="D6" t="s">
+        <v>49</v>
+      </c>
+      <c r="E6" t="s">
+        <v>50</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>51</v>
+      </c>
+      <c r="H6" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>22</v>
+      </c>
+      <c r="B7" t="s">
+        <v>53</v>
+      </c>
+      <c r="C7" t="s">
+        <v>54</v>
+      </c>
+      <c r="D7" t="s">
+        <v>55</v>
+      </c>
+      <c r="E7" t="s">
+        <v>56</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>57</v>
+      </c>
+      <c r="H7" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>22</v>
+      </c>
+      <c r="B8" t="s">
+        <v>59</v>
+      </c>
+      <c r="C8" t="s">
+        <v>60</v>
+      </c>
+      <c r="D8" t="s">
+        <v>61</v>
+      </c>
+      <c r="E8" t="s">
+        <v>62</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>63</v>
+      </c>
+      <c r="H8" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B9" t="s">
+        <v>65</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>66</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>67</v>
+      </c>
+      <c r="H9" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
+        <v>69</v>
+      </c>
+      <c r="C10" t="s">
+        <v>70</v>
+      </c>
+      <c r="D10" t="s">
+        <v>71</v>
+      </c>
+      <c r="E10" t="s">
+        <v>72</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>73</v>
+      </c>
+      <c r="H10" t="s">
+        <v>74</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>75</v>
+      </c>
+      <c r="B2" t="s">
+        <v>76</v>
+      </c>
+      <c r="C2" t="s">
+        <v>77</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>78</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>79</v>
+      </c>
+      <c r="H2" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>75</v>
+      </c>
+      <c r="B3" t="s">
+        <v>81</v>
+      </c>
+      <c r="C3" t="s">
+        <v>82</v>
+      </c>
+      <c r="D3" t="s">
+        <v>83</v>
+      </c>
+      <c r="E3" t="s">
+        <v>84</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>85</v>
+      </c>
+      <c r="H3" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>75</v>
+      </c>
+      <c r="B4" t="s">
+        <v>87</v>
+      </c>
+      <c r="C4" t="s">
+        <v>88</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>89</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>90</v>
+      </c>
+      <c r="H4" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>75</v>
+      </c>
+      <c r="B5" t="s">
+        <v>92</v>
+      </c>
+      <c r="C5" t="s">
+        <v>93</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>94</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>95</v>
+      </c>
+      <c r="H5" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>75</v>
+      </c>
+      <c r="B6" t="s">
+        <v>97</v>
+      </c>
+      <c r="C6" t="s">
+        <v>98</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>99</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>100</v>
+      </c>
+      <c r="H6" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>75</v>
+      </c>
+      <c r="B7" t="s">
+        <v>102</v>
+      </c>
+      <c r="C7" t="s">
+        <v>103</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>104</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>105</v>
+      </c>
+      <c r="H7" t="s">
+        <v>106</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>107</v>
+      </c>
+      <c r="B2" t="s">
+        <v>108</v>
+      </c>
+      <c r="C2" t="s">
+        <v>109</v>
+      </c>
+      <c r="D2" t="s">
+        <v>110</v>
+      </c>
+      <c r="E2" t="s">
+        <v>111</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>112</v>
+      </c>
+      <c r="H2" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>107</v>
+      </c>
+      <c r="B3" t="s">
+        <v>114</v>
+      </c>
+      <c r="C3" t="s">
+        <v>115</v>
+      </c>
+      <c r="D3" t="s">
+        <v>116</v>
+      </c>
+      <c r="E3" t="s">
+        <v>117</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>118</v>
+      </c>
+      <c r="H3" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>107</v>
+      </c>
+      <c r="B4" t="s">
+        <v>120</v>
+      </c>
+      <c r="C4" t="s">
+        <v>121</v>
+      </c>
+      <c r="D4" t="s">
+        <v>122</v>
+      </c>
+      <c r="E4" t="s">
+        <v>123</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>124</v>
+      </c>
+      <c r="H4" t="s">
+        <v>125</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>127</v>
+      </c>
+      <c r="B2" t="s">
+        <v>128</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>129</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>130</v>
+      </c>
+      <c r="H2" t="s">
+        <v>131</v>
+      </c>
+      <c r="I2" t="s">
+        <v>132</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>133</v>
+      </c>
+      <c r="B2" t="s">
+        <v>134</v>
+      </c>
+      <c r="C2" t="s">
+        <v>135</v>
+      </c>
+      <c r="D2" t="s">
+        <v>136</v>
+      </c>
+      <c r="E2" t="s">
+        <v>137</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>138</v>
+      </c>
+      <c r="H2" t="s">
+        <v>139</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>