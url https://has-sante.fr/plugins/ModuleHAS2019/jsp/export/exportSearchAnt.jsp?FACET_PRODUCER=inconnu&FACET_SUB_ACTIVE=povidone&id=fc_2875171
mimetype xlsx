--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -1,207 +1,618 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="92" uniqueCount="54">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>11/29/2021 15:10:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>HYDROFIBER AQUACEL AG</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
+    <t>17/05/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398781/fr/hydrofiber-aquacel-ag</t>
+  </si>
+  <si>
+    <t>c_398781</t>
+  </si>
+  <si>
+    <t>Laboratoire CONVATEC</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
+  </si>
+  <si>
+    <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
+  </si>
+  <si>
+    <t>24/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>29/11/2021 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
   </si>
   <si>
     <t>p_3301328</t>
+  </si>
+  <si>
+    <t>Hygiène et prévention du risque infectieux en cabinet médical ou paramédical</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif la réduction des infections transmises lors d’actes de soin, notamment par les dispositifs médicaux, la réduction des infections croisées et le contrôle du risque infectieux lié à l’environnement.</t>
+  </si>
+  <si>
+    <t>21/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>27/11/2007 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_607182/fr/hygiene-et-prevention-du-risque-infectieux-en-cabinet-medical-ou-paramedical</t>
+  </si>
+  <si>
+    <t>c_607182</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Neutropénies chroniques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de neutropénie chronique. Il a été élaboré par le Centre de Référence Maladies Rares Neutropénies Chroniques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/08/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3522408/fr/neutropenies-chroniques</t>
+  </si>
+  <si>
+    <t>p_3522408</t>
+  </si>
+  <si>
+    <t>Prise en charge de la Rétinopathie du prématuré</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des prématurés nécessitant un traitement pour une ROP. Il a été élaboré par le Centre de Référence des Maladies Rares en Ophtalmologie – OPHTARA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2024 08:36:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493096/fr/prise-en-charge-de-la-retinopathie-du-premature</t>
+  </si>
+  <si>
+    <t>p_3493096</t>
+  </si>
+  <si>
+    <t>Nécrolyses épidermiques chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint du syndrome de Stevens-Johnson (SJS) ou de Lyell/nécrolyse épidermique toxique (NET). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299789/fr/necrolyses-epidermiques-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3299789</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Biopsies ciblées dans le diagnostic du cancer de la prostate – Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer la capacité des biopsies ciblées à détecter un cancer de la prostate (cliniquement significatif et non cliniquement significatif) chez les patients avec une suspicion de cancer de la prostate établie sur la base d'un toucher rectal anormal et/ou des valeurs du marqueur sérique PSA anormales ou avec des facteurs de risques familiaux ou liés à l'origine ethnique (africaine en particulier) chez : i) les patients candidats à une première série de biopsies ou ii) à des biopsies répétées (en cas de suspicion persistante de cancer de la prostate après une première série de biopsies négatives)</t>
+  </si>
+  <si>
+    <t>21/12/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>26/12/2023 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3483677/fr/biopsies-ciblees-dans-le-diagnostic-du-cancer-de-la-prostate-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3483677</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
+      </c>
+      <c r="I2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J2" t="s">
+        <v>16</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>17</v>
+      </c>
+      <c r="B2" t="s">
+        <v>18</v>
+      </c>
+      <c r="C2" t="s">
+        <v>19</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>21</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>17</v>
+      </c>
+      <c r="B3" t="s">
+        <v>24</v>
+      </c>
+      <c r="C3" t="s">
+        <v>25</v>
+      </c>
+      <c r="D3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>28</v>
+      </c>
+      <c r="H3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>30</v>
+      </c>
+      <c r="B2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>34</v>
+      </c>
+      <c r="H2" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>36</v>
+      </c>
+      <c r="C3" t="s">
+        <v>37</v>
+      </c>
+      <c r="D3" t="s">
+        <v>38</v>
+      </c>
+      <c r="E3" t="s">
+        <v>39</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>40</v>
+      </c>
+      <c r="H3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>30</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>44</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>45</v>
+      </c>
+      <c r="H4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>47</v>
+      </c>
+      <c r="B2" t="s">
+        <v>48</v>
+      </c>
+      <c r="C2" t="s">
+        <v>49</v>
+      </c>
+      <c r="D2" t="s">
+        <v>50</v>
+      </c>
+      <c r="E2" t="s">
+        <v>51</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>52</v>
+      </c>
+      <c r="H2" t="s">
+        <v>53</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>