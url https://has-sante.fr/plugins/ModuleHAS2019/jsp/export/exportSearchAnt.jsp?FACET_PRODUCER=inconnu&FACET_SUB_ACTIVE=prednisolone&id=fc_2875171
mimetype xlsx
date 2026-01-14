--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -1,232 +1,478 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="194" uniqueCount="119">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...2 lines deleted...]
-    <t>Newborn screening for spinal muscular atrophy_Advance assessment of extension of screening to the general population in France</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Dépistage de l’amyotrophie spinale : Évaluation a priori de l’extension du dépistage néonatal à l’amyotrophie spinale en population générale en France</t>
   </si>
   <si>
     <t>Le dépistage néonatal (DNN) est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’objectif est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants. En France, ce dépistage fait l’objet d’un programme national.</t>
   </si>
   <si>
-    <t>07/10/2024 00:00:00</t>
-[...2 lines deleted...]
-    <t>07/10/2024 16:07:00</t>
+    <t>10/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>10/07/2024 16:07:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3451353/en/newborn-screening-for-spinal-muscular-atrophy-advance-assessment-of-extension-of-screening-to-the-general-population-in-france</t>
+    <t>https://www.has-sante.fr/jcms/p_3451353/fr/depistage-de-l-amyotrophie-spinale-evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-l-amyotrophie-spinale-en-population-generale-en-france</t>
   </si>
   <si>
     <t>p_3451353</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272101/en/diagnostic-indications-for-upper-gastrointestinal-endoscopy-in-oesophageal-and-gastroduodenal-disease-in-adults-excluding-endoscopic-ultrasonography-and-enteroscopy</t>
+    <t>L’éducation thérapeutique dans la prise en charge des maladies chroniques : Analyse économique et organisationnelle</t>
+  </si>
+  <si>
+    <t>Ce rapport analyse les conditions organisationnelles et financières du développement de l’éducation thérapeutique en France. Il dresse le diagnostic de la situation actuelle et propose des pistes de développement réaliste.</t>
+  </si>
+  <si>
+    <t>13/11/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>10/09/2008 09:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1499485/fr/l-education-therapeutique-dans-la-prise-en-charge-des-maladies-chroniques-analyse-economique-et-organisationnelle</t>
+  </si>
+  <si>
+    <t>r_1499485</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Hémophilie A acquise</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HAA. Il a été élaboré par le Centre de Référence de l’Hémophilie et autres déficits rares en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2025 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594164/fr/hemophilie-a-acquise</t>
+  </si>
+  <si>
+    <t>p_3594164</t>
+  </si>
+  <si>
+    <t>Atrésie des voies biliaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ayant une atrésie des voies biliaires (AVB) et qui relève de l’affection de longue durée (ALD) n°6 (« Maladies chroniques actives du foie et cirrhoses »). Il a été élaboré par le Centre de Référence Atrésie des Voies Biliaires et Cholestases Génétiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563488/fr/atresie-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>p_3563488</t>
+  </si>
+  <si>
+    <t>Lupus Systémique de l'adulte et de l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lupus systémique (LS). Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493410/fr/lupus-systemique-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3493410</t>
+  </si>
+  <si>
+    <t>Glomérulonéphrite Extra-Membraneuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GEM. Il a été élaboré par le Centre de Référence Maladies Rares du Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392035/fr/glomerulonephrite-extra-membraneuse</t>
+  </si>
+  <si>
+    <t>p_3392035</t>
+  </si>
+  <si>
+    <t>Cholangite Sclérosante Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite sclérosante primitive (CSP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392249/fr/cholangite-sclerosante-primitive</t>
+  </si>
+  <si>
+    <t>p_3392249</t>
+  </si>
+  <si>
+    <t>Epilepsies vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie vitamino-sensible. Il a été élaboré par le Centre de référence des Epilepsies rares (CRMR Lille, Marseille) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2022 15:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358939/fr/epilepsies-vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>p_3358939</t>
+  </si>
+  <si>
+    <t>Déficit hypophysaire congénital</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de déficit hypophysaire congénital. Il a été élaboré par le Centre de référence HYPO Maladies rares d’origine hypophysaire et le Centre de référence CRMERCD Maladies endocriniennes de la croissance et du développement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301031/fr/deficit-hypophysaire-congenital</t>
+  </si>
+  <si>
+    <t>p_3301031</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Épilepsies : Prise en charge des enfants et des adultes</t>
+  </si>
+  <si>
+    <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
+  </si>
+  <si>
+    <t>08/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2020 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
+  </si>
+  <si>
+    <t>p_3214468</t>
+  </si>
+  <si>
+    <t>Hygiène et prévention du risque infectieux en cabinet médical ou paramédical</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif la réduction des infections transmises lors d’actes de soin, notamment par les dispositifs médicaux, la réduction des infections croisées et le contrôle du risque infectieux lié à l’environnement.</t>
+  </si>
+  <si>
+    <t>21/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>27/11/2007 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_607182/fr/hygiene-et-prevention-du-risque-infectieux-en-cabinet-medical-ou-paramedical</t>
+  </si>
+  <si>
+    <t>c_607182</t>
+  </si>
+  <si>
+    <t>Prévention du risque aspergillaire chez les patients immunodéprimés (Hématologie, Transplantation)</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux quatre questions suivantes, posées au jury : Dans quelles situations les patients sont-ils à risque d'aspergillose invasive, en hématologie et transplantation ? Quelles mesures de prévention (primaire et secondaire) ont fait preuve de leur efficacité, pour quels patients et dans quelles conditions ? Quelles surveillances doivent être mises en place pour orienter la prévention ? Quelles sont les stratégies de prévention ?</t>
+  </si>
+  <si>
+    <t>22/05/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>01/03/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272072/fr/prevention-du-risque-aspergillaire-chez-les-patients-immunodeprimes-hematologie-transplantation</t>
+  </si>
+  <si>
+    <t>c_272072</t>
+  </si>
+  <si>
+    <t>Indications à visée diagnostique de l'endoscopie digestive haute en pathologie œso-gastro-duodénale de l'adulte, à l'exclusion de l'échoendoscopie et l'entéroscopie</t>
+  </si>
+  <si>
+    <t>L'objectif de la recommandation professionnelle est de répondre aux questions suivantes :# 1. Devant quel signe clinique et/ou biologique peut-on proposer une exploration morphologique œso-gastro-duodénale, et laquelle ?# 2. Quelles sont les indications d'endoscopie digestive haute pour le diagnostic et le suivi du reflux gastro-œsophagien, de la maladie ulcéreuse et de l'hypertension portale hors hémorragie ?# 3. Quelles sont les indications des biopsies duodénales ?#</t>
+  </si>
+  <si>
+    <t>01/03/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272101/fr/indications-a-visee-diagnostique-de-l-endoscopie-digestive-haute-en-pathologie-oeso-gastro-duodenale-de-l-adulte-a-l-exclusion-de-l-echoendoscopie-et-l-enteroscopie</t>
   </si>
   <si>
     <t>c_272101</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3114652/en/pancreatic-islet-transplantation-inahta-brief</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Transplantation d’îlots pancréatiques</t>
+  </si>
+  <si>
+    <t>La HAS a évalué la sécurité, l’efficacité et les conditions de réalisation de l’acte de transplantation d’îlots pancréatiques (ou de Langerhans) (TIL) dans plusieurs indications. Elle recommande une réévaluation de cet acte à cinq ans pour tenir compte des avancées thérapeutiques et scientifiques potentielles.</t>
+  </si>
+  <si>
+    <t>16/07/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>20/07/2020 09:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3114652/fr/transplantation-d-ilots-pancreatiques</t>
   </si>
   <si>
     <t>p_3114652</t>
   </si>
   <si>
-    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
+    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés à la pratique de mésothérapie à visée esthétique</t>
+  </si>
+  <si>
+    <t>25/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1522566</t>
   </si>
   <si>
-    <t>Assessment of an epiretinal implant and its implantation procedure</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1343374/en/assessment-of-an-epiretinal-implant-and-its-implantation-procedure</t>
+    <t>Jevtana®, Xtandi® et Zytiga® (cabazitaxel, enzalutamide et abiratérone) : des progrès thérapeutiques pour certains cancers métastatiques de la prostate</t>
+  </si>
+  <si>
+    <t>Jevtana® (cabazitaxel) est un taxane et Zytiga® (abiratérone) est un inhibiteur de la biosynthèse des androgènes.# Ils ont l’AMM, en association à la prednisone ou à la prednisolone, dans le traitement du cancer métastatique de la prostate résistant à la castration, chez les hommes dont la maladie a progressé pendant ou après une chimiothérapie à base de docétaxel. En termes d’efficacité sur la survie globale, Jevtana® a montré un allongement de 2,4 mois versus mitoxantrone et Zytiga® de 3,9 mois versus placebo. Le choix entre Jevtana® et Zytiga® se fera selon le terrain du malade : * chez les patients ayant bien toléré une précédente chimiothérapie, on utilisera indifféremment l’un ou l’autre ; * chez les patients ayant eu des effets indésirables graves avec le docétaxel ou dont l’état général ne permet pas de supporter une reprise de la chimiothérapie, Zytiga® sera préféré ; * chez les patients dont la maladie a progressé rapidement sous hormonothérapie, Jevtana® pourrait être proposé, selon les experts consultés, à condition que le traitement précédent par le docétaxel ait été bien toléré.</t>
+  </si>
+  <si>
+    <t>31/03/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>18/04/2014 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1528194/fr/jevtana-xtandi-et-zytiga-cabazitaxel-enzalutamide-et-abiraterone-des-progres-therapeutiques-pour-certains-cancers-metastatiques-de-la-prostate</t>
+  </si>
+  <si>
+    <t>c_1528194</t>
+  </si>
+  <si>
+    <t>Prothèse épirétinienne et son acte d'implantation</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer l’implant épirétinien ARGUS II et les actes professionnels y afférant afin de : * proposer, le cas échéant, son remboursement ; * définir ses indications et les situations cliniques d’utilisation ; * évaluer son intérêt en prenant en compte le rapport effet thérapeutique/effets indésirables et la place dans la stratégie thérapeutique ; * déterminer les conditions d’utilisation et l’environnement technique</t>
+  </si>
+  <si>
+    <t>19/12/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2012 11:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1343374/fr/prothese-epiretinienne-et-son-acte-d-implantation</t>
   </si>
   <si>
     <t>c_1343374</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 octobre 2016</t>
+  </si>
+  <si>
+    <t>28/09/2016 10:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671437/fr/commission-de-la-transparence-reunion-du-5-octobre-2016</t>
+  </si>
+  <si>
+    <t>c_2671437</t>
+  </si>
+  <si>
+    <t>Commission</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -242,145 +488,675 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>17</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H9"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B2" t="s">
+        <v>23</v>
+      </c>
+      <c r="C2" t="s">
+        <v>24</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>25</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>26</v>
+      </c>
+      <c r="H2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B3" t="s">
+        <v>28</v>
+      </c>
+      <c r="C3" t="s">
+        <v>29</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>30</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>31</v>
+      </c>
+      <c r="H3" t="s">
+        <v>32</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>22</v>
       </c>
       <c r="B4" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="C4" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="D4" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="H4" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>22</v>
       </c>
       <c r="B5" t="s">
-        <v>29</v>
+        <v>38</v>
       </c>
       <c r="C5" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="D5" t="s">
-        <v>31</v>
+        <v>40</v>
       </c>
       <c r="E5" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="H5" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>22</v>
       </c>
       <c r="B6" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="C6" t="s">
-        <v>36</v>
+        <v>45</v>
       </c>
       <c r="D6" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="H6" t="s">
-        <v>40</v>
+        <v>48</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>22</v>
+      </c>
+      <c r="B7" t="s">
+        <v>49</v>
+      </c>
+      <c r="C7" t="s">
+        <v>50</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>46</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>51</v>
+      </c>
+      <c r="H7" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>22</v>
+      </c>
+      <c r="B8" t="s">
+        <v>53</v>
+      </c>
+      <c r="C8" t="s">
+        <v>54</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>55</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>56</v>
+      </c>
+      <c r="H8" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B9" t="s">
+        <v>58</v>
+      </c>
+      <c r="C9" t="s">
+        <v>59</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>60</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>61</v>
+      </c>
+      <c r="H9" t="s">
+        <v>62</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>63</v>
+      </c>
+      <c r="B2" t="s">
+        <v>64</v>
+      </c>
+      <c r="C2" t="s">
+        <v>65</v>
+      </c>
+      <c r="D2" t="s">
+        <v>66</v>
+      </c>
+      <c r="E2" t="s">
+        <v>67</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>68</v>
+      </c>
+      <c r="H2" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>63</v>
+      </c>
+      <c r="B3" t="s">
+        <v>70</v>
+      </c>
+      <c r="C3" t="s">
+        <v>71</v>
+      </c>
+      <c r="D3" t="s">
+        <v>72</v>
+      </c>
+      <c r="E3" t="s">
+        <v>73</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>74</v>
+      </c>
+      <c r="H3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>63</v>
+      </c>
+      <c r="B4" t="s">
+        <v>76</v>
+      </c>
+      <c r="C4" t="s">
+        <v>77</v>
+      </c>
+      <c r="D4" t="s">
+        <v>78</v>
+      </c>
+      <c r="E4" t="s">
+        <v>79</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>80</v>
+      </c>
+      <c r="H4" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>63</v>
+      </c>
+      <c r="B5" t="s">
+        <v>82</v>
+      </c>
+      <c r="C5" t="s">
+        <v>83</v>
+      </c>
+      <c r="D5" t="s">
+        <v>84</v>
+      </c>
+      <c r="E5" t="s">
+        <v>84</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>85</v>
+      </c>
+      <c r="H5" t="s">
+        <v>86</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>87</v>
+      </c>
+      <c r="B2" t="s">
+        <v>88</v>
+      </c>
+      <c r="C2" t="s">
+        <v>89</v>
+      </c>
+      <c r="D2" t="s">
+        <v>90</v>
+      </c>
+      <c r="E2" t="s">
+        <v>91</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>92</v>
+      </c>
+      <c r="H2" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>87</v>
+      </c>
+      <c r="B3" t="s">
+        <v>94</v>
+      </c>
+      <c r="C3" t="s">
+        <v>95</v>
+      </c>
+      <c r="D3" t="s">
+        <v>96</v>
+      </c>
+      <c r="E3" t="s">
+        <v>97</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>98</v>
+      </c>
+      <c r="H3" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>87</v>
+      </c>
+      <c r="B4" t="s">
+        <v>100</v>
+      </c>
+      <c r="C4" t="s">
+        <v>101</v>
+      </c>
+      <c r="D4" t="s">
+        <v>102</v>
+      </c>
+      <c r="E4" t="s">
+        <v>103</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>104</v>
+      </c>
+      <c r="H4" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>87</v>
+      </c>
+      <c r="B5" t="s">
+        <v>106</v>
+      </c>
+      <c r="C5" t="s">
+        <v>107</v>
+      </c>
+      <c r="D5" t="s">
+        <v>108</v>
+      </c>
+      <c r="E5" t="s">
+        <v>109</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>110</v>
+      </c>
+      <c r="H5" t="s">
+        <v>111</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>113</v>
+      </c>
+      <c r="B2" t="s">
+        <v>114</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>115</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>116</v>
+      </c>
+      <c r="H2" t="s">
+        <v>117</v>
+      </c>
+      <c r="I2" t="s">
+        <v>118</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>