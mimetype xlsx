--- v0 (2025-11-30)
+++ v1 (2026-01-14)
@@ -1,157 +1,484 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId8" sheetId="6"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="202" uniqueCount="119">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>10/18/2017 16:24:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la dengue - Place du vaccin Qdenga</t>
+  </si>
+  <si>
+    <t>La HAS recommande la mise en place de la vaccination contre la dengue par le vaccin Qdenga dans les territoires français d’Amérique (Antilles et Guyane), ainsi qu’à Mayotte et à La Réunion. La HAS préconise de vacciner dans ces territoires les enfants âgés de 6 à 16 ans présentant un antécédent d’infection par la dengue ainsi que les adultes de 17 à 60 ans présentant des comorbidités, avec ou sans antécédent.</t>
+  </si>
+  <si>
+    <t>12/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>17/12/2024 11:07:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2680246/en/assessment-of-biological-tests-for-pneumocystis-pneumonia-pneumocystis-jirovecii-infections-diagnosis-inahta-brief</t>
+    <t>https://www.has-sante.fr/jcms/p_3461308/fr/strategie-de-vaccination-contre-la-dengue-place-du-vaccin-qdenga</t>
+  </si>
+  <si>
+    <t>p_3461308</t>
+  </si>
+  <si>
+    <t>Évaluation a priori du dépistage de la syphilis en France</t>
+  </si>
+  <si>
+    <t>Évaluer, au vu des dernières données épidémiologiques montrant une recrudescence de la maladie, l’opportunité du dépistage de la syphilis en France et préciser ses modalités : quelle population dépister et à quelle fréquence ? Comment utiliser les multiples tests disponibles ? Comment optimiser la surveillance épidémiologique, la sensibilisation des personnes concernées par le dépistage, l’utilisation des différentes structures de dépistage et la notification des partenaires des patients dépistés et diagnostiqués positifs ?</t>
+  </si>
+  <si>
+    <t>23/05/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2007 15:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_548127/fr/evaluation-a-priori-du-depistage-de-la-syphilis-en-france</t>
+  </si>
+  <si>
+    <t>c_548127</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Hémophilie A acquise</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HAA. Il a été élaboré par le Centre de Référence de l’Hémophilie et autres déficits rares en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2025 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594164/fr/hemophilie-a-acquise</t>
+  </si>
+  <si>
+    <t>p_3594164</t>
+  </si>
+  <si>
+    <t>Lupus Systémique de l'adulte et de l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lupus systémique (LS). Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493410/fr/lupus-systemique-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3493410</t>
+  </si>
+  <si>
+    <t>Glomérulonéphrite Extra-Membraneuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GEM. Il a été élaboré par le Centre de Référence Maladies Rares du Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392035/fr/glomerulonephrite-extra-membraneuse</t>
+  </si>
+  <si>
+    <t>p_3392035</t>
+  </si>
+  <si>
+    <t>Cholangite Sclérosante Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite sclérosante primitive (CSP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392249/fr/cholangite-sclerosante-primitive</t>
+  </si>
+  <si>
+    <t>p_3392249</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Épilepsies : Prise en charge des enfants et des adultes</t>
+  </si>
+  <si>
+    <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
+  </si>
+  <si>
+    <t>08/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2020 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
+  </si>
+  <si>
+    <t>p_3214468</t>
+  </si>
+  <si>
+    <t>Indications et non-indications de la dialyse péritonéale chronique chez l’adulte</t>
+  </si>
+  <si>
+    <t>Ces recommandations concernent les indications et les non-indications de la dialyse péritonéale (DP) chronique chez l’adulte (enfants exclus).</t>
+  </si>
+  <si>
+    <t>15/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>16/10/2008 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_702927/fr/indications-et-non-indications-de-la-dialyse-peritoneale-chronique-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>c_702927</t>
+  </si>
+  <si>
+    <t>Prévention du risque aspergillaire chez les patients immunodéprimés (Hématologie, Transplantation)</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux quatre questions suivantes, posées au jury : Dans quelles situations les patients sont-ils à risque d'aspergillose invasive, en hématologie et transplantation ? Quelles mesures de prévention (primaire et secondaire) ont fait preuve de leur efficacité, pour quels patients et dans quelles conditions ? Quelles surveillances doivent être mises en place pour orienter la prévention ? Quelles sont les stratégies de prévention ?</t>
+  </si>
+  <si>
+    <t>22/05/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>01/03/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272072/fr/prevention-du-risque-aspergillaire-chez-les-patients-immunodeprimes-hematologie-transplantation</t>
+  </si>
+  <si>
+    <t>c_272072</t>
+  </si>
+  <si>
+    <t>Évaluation et prise en charge thérapeutique de la douleur chez les personnes âgées ayant des troubles de la communication verbale</t>
+  </si>
+  <si>
+    <t>Élaborer des recommandations concernant l'évaluation et le traitement de la douleur chez les personnes âgées ayant des troubles de la communication verbale.</t>
+  </si>
+  <si>
+    <t>01/10/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>01/10/2000 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272123/fr/evaluation-et-prise-en-charge-therapeutique-de-la-douleur-chez-les-personnes-agees-ayant-des-troubles-de-la-communication-verbale</t>
+  </si>
+  <si>
+    <t>c_272123</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des actes de diagnostic biologique de la pneumocystose (Pneumocystis jirovecii)</t>
+  </si>
+  <si>
+    <t>La HAS a évalué les techniques de recherche directe de l’agent infectieux par les techniques microscopiques (colorations, immunofluorescence), la recherche d’ADN via les techniques d’amplification génique, ainsi que le dosage sérique de l’antigène soluble β -(1-3)- D - glucane (BG), présent dans la paroi cellulaire du microorganisme.</t>
+  </si>
+  <si>
+    <t>27/09/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>18/10/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680246/fr/evaluation-des-actes-de-diagnostic-biologique-de-la-pneumocystose-pneumocystis-jirovecii</t>
   </si>
   <si>
     <t>c_2680246</t>
+  </si>
+  <si>
+    <t>Événements de santé indésirables observés après pose d’implants mammaires à visée esthétique</t>
+  </si>
+  <si>
+    <t>Dans le contexte d’une augmentation des signalements de cas de lymphomes anaplasiques à grandes cellules chez des femmes porteuses d’implants mammaires (LAGC-AIM) (18 cas en France le 11 mars 2015), la Direction générale de la santé (DGS) a demandé à la HAS de réaliser une évaluation sur les événements de santé indésirables observés après pose d’implants mammaires à visée esthétique.</t>
+  </si>
+  <si>
+    <t>27/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>22/02/2016 17:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2609956/fr/evenements-de-sante-indesirables-observes-apres-pose-d-implants-mammaires-a-visee-esthetique</t>
+  </si>
+  <si>
+    <t>c_2609956</t>
+  </si>
+  <si>
+    <t>Jevtana®, Xtandi® et Zytiga® (cabazitaxel, enzalutamide et abiratérone) : des progrès thérapeutiques pour certains cancers métastatiques de la prostate</t>
+  </si>
+  <si>
+    <t>Jevtana® (cabazitaxel) est un taxane et Zytiga® (abiratérone) est un inhibiteur de la biosynthèse des androgènes.# Ils ont l’AMM, en association à la prednisone ou à la prednisolone, dans le traitement du cancer métastatique de la prostate résistant à la castration, chez les hommes dont la maladie a progressé pendant ou après une chimiothérapie à base de docétaxel. En termes d’efficacité sur la survie globale, Jevtana® a montré un allongement de 2,4 mois versus mitoxantrone et Zytiga® de 3,9 mois versus placebo. Le choix entre Jevtana® et Zytiga® se fera selon le terrain du malade : * chez les patients ayant bien toléré une précédente chimiothérapie, on utilisera indifféremment l’un ou l’autre ; * chez les patients ayant eu des effets indésirables graves avec le docétaxel ou dont l’état général ne permet pas de supporter une reprise de la chimiothérapie, Zytiga® sera préféré ; * chez les patients dont la maladie a progressé rapidement sous hormonothérapie, Jevtana® pourrait être proposé, selon les experts consultés, à condition que le traitement précédent par le docétaxel ait été bien toléré.</t>
+  </si>
+  <si>
+    <t>31/03/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>18/04/2014 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1528194/fr/jevtana-xtandi-et-zytiga-cabazitaxel-enzalutamide-et-abiraterone-des-progres-therapeutiques-pour-certains-cancers-metastatiques-de-la-prostate</t>
+  </si>
+  <si>
+    <t>c_1528194</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 octobre 2016</t>
+  </si>
+  <si>
+    <t>28/09/2016 10:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671437/fr/commission-de-la-transparence-reunion-du-5-octobre-2016</t>
+  </si>
+  <si>
+    <t>c_2671437</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n° 2018.0132/DC/SEM du 5 septembre 2018 du collège de la Haute Autorité de santé adoptant la recommandation relative à la prise en charge à titre dérogatoire d’OPDIVO® (nivolumab) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>La recommandation relative à la prise en charge à titre dérogatoire d’OPDIVO® (nivolumab), dans le cadre d’une recommandation temporaire d’utilisation, indiqué « en monothérapie dans le traitement adjuvant des patients adultes atteints d’un mélanome de stade III ou IV, après résection complète. », ci-jointe, est adoptée.</t>
+  </si>
+  <si>
+    <t>05/09/2017 10:55:00</t>
+  </si>
+  <si>
+    <t>14/09/2018 15:30:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2870066/fr/decision-n-2018-0132/dc/sem-du-5-septembre-2018-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-d-opdivo-nivolumab-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2870066</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre le Sars-Cov-2 - Actualisation des facteurs de risque de formes graves de la Covid-19 et des recommandations sur la stratégie de priorisation des populations à vacciner</t>
+  </si>
+  <si>
+    <t>En s’appuyant sur l’évolution des connaissances disponibles sur le SARS-CoV-2, la HAS avec la commission technique des vaccinations, actualise les facteurs de risque de formes graves de Covid-19 et met à jour ses recommandations sur la stratégie de priorisation des populations à vacciner.</t>
+  </si>
+  <si>
+    <t>01/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2021 10:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3240117/fr/strategie-de-vaccination-contre-le-sars-cov-2-actualisation-des-facteurs-de-risque-de-formes-graves-de-la-covid-19-et-des-recommandations-sur-la-strategie-de-priorisation-des-populations-a-vacciner</t>
+  </si>
+  <si>
+    <t>p_3240117</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 – Place du Vaccin Moderna Covid-19 mRNA (nucleoside modified)</t>
+  </si>
+  <si>
+    <t>Mise à jour, au regard des nouvelles données disponibles, de la recommandation vaccinale intitulée « Stratégie de vaccination contre la Covid-19 - Place du Vaccin Moderna COVID-19 mRNA (nucleoside modified) » et sa synthèse.</t>
+  </si>
+  <si>
+    <t>07/01/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>08/01/2021 13:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3230287/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-moderna-covid-19-mrna-nucleoside-modified</t>
+  </si>
+  <si>
+    <t>p_3230287</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +492,731 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B2" t="s">
+        <v>23</v>
+      </c>
+      <c r="C2" t="s">
+        <v>24</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>25</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>26</v>
+      </c>
+      <c r="H2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B3" t="s">
+        <v>28</v>
+      </c>
+      <c r="C3" t="s">
+        <v>29</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>30</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>31</v>
+      </c>
+      <c r="H3" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" t="s">
+        <v>33</v>
+      </c>
+      <c r="C4" t="s">
+        <v>34</v>
+      </c>
+      <c r="D4" t="s">
+        <v>35</v>
+      </c>
+      <c r="E4" t="s">
+        <v>36</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>37</v>
+      </c>
+      <c r="H4" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>22</v>
+      </c>
+      <c r="B5" t="s">
+        <v>39</v>
+      </c>
+      <c r="C5" t="s">
+        <v>40</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>41</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>42</v>
+      </c>
+      <c r="H5" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>22</v>
+      </c>
+      <c r="B6" t="s">
+        <v>44</v>
+      </c>
+      <c r="C6" t="s">
+        <v>45</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>41</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>46</v>
+      </c>
+      <c r="H6" t="s">
+        <v>47</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>48</v>
+      </c>
+      <c r="B2" t="s">
+        <v>49</v>
+      </c>
+      <c r="C2" t="s">
+        <v>50</v>
+      </c>
+      <c r="D2" t="s">
+        <v>51</v>
+      </c>
+      <c r="E2" t="s">
+        <v>52</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>53</v>
+      </c>
+      <c r="H2" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>48</v>
+      </c>
+      <c r="B3" t="s">
+        <v>55</v>
+      </c>
+      <c r="C3" t="s">
+        <v>56</v>
+      </c>
+      <c r="D3" t="s">
+        <v>57</v>
+      </c>
+      <c r="E3" t="s">
+        <v>58</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>59</v>
+      </c>
+      <c r="H3" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>48</v>
+      </c>
+      <c r="B4" t="s">
+        <v>61</v>
+      </c>
+      <c r="C4" t="s">
+        <v>62</v>
+      </c>
+      <c r="D4" t="s">
+        <v>63</v>
+      </c>
+      <c r="E4" t="s">
+        <v>64</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>65</v>
+      </c>
+      <c r="H4" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>67</v>
+      </c>
+      <c r="C5" t="s">
+        <v>68</v>
+      </c>
+      <c r="D5" t="s">
+        <v>69</v>
+      </c>
+      <c r="E5" t="s">
+        <v>70</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>71</v>
+      </c>
+      <c r="H5" t="s">
+        <v>72</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>73</v>
+      </c>
+      <c r="B2" t="s">
+        <v>74</v>
+      </c>
+      <c r="C2" t="s">
+        <v>75</v>
+      </c>
+      <c r="D2" t="s">
+        <v>76</v>
+      </c>
+      <c r="E2" t="s">
+        <v>77</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>78</v>
+      </c>
+      <c r="H2" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>73</v>
+      </c>
+      <c r="B3" t="s">
+        <v>80</v>
+      </c>
+      <c r="C3" t="s">
+        <v>81</v>
+      </c>
+      <c r="D3" t="s">
+        <v>82</v>
+      </c>
+      <c r="E3" t="s">
+        <v>83</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>84</v>
+      </c>
+      <c r="H3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>73</v>
+      </c>
+      <c r="B4" t="s">
+        <v>86</v>
+      </c>
+      <c r="C4" t="s">
+        <v>87</v>
+      </c>
+      <c r="D4" t="s">
+        <v>88</v>
+      </c>
+      <c r="E4" t="s">
+        <v>89</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>90</v>
+      </c>
+      <c r="H4" t="s">
+        <v>91</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>93</v>
+      </c>
+      <c r="B2" t="s">
+        <v>94</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>95</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>96</v>
+      </c>
+      <c r="H2" t="s">
+        <v>97</v>
+      </c>
+      <c r="I2" t="s">
+        <v>98</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>99</v>
+      </c>
+      <c r="B2" t="s">
+        <v>100</v>
+      </c>
+      <c r="C2" t="s">
+        <v>101</v>
+      </c>
+      <c r="D2" t="s">
+        <v>102</v>
+      </c>
+      <c r="E2" t="s">
+        <v>103</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>104</v>
+      </c>
+      <c r="H2" t="s">
+        <v>105</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>106</v>
+      </c>
+      <c r="B2" t="s">
+        <v>107</v>
+      </c>
+      <c r="C2" t="s">
+        <v>108</v>
+      </c>
+      <c r="D2" t="s">
+        <v>109</v>
+      </c>
+      <c r="E2" t="s">
+        <v>110</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>111</v>
+      </c>
+      <c r="H2" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>106</v>
+      </c>
+      <c r="B3" t="s">
+        <v>113</v>
+      </c>
+      <c r="C3" t="s">
+        <v>114</v>
+      </c>
+      <c r="D3" t="s">
+        <v>115</v>
+      </c>
+      <c r="E3" t="s">
+        <v>116</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>117</v>
+      </c>
+      <c r="H3" t="s">
+        <v>118</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>