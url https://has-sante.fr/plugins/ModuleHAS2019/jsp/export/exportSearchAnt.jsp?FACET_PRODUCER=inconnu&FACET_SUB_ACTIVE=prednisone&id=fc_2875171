--- v1 (2026-01-14)
+++ v2 (2026-03-01)
@@ -1,479 +1,173 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...4 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
-[...5 lines deleted...]
-    <sheet name="Export Recommandation vaccinale" r:id="rId9" sheetId="7"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-[...5 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="202" uniqueCount="119">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation en santé publique</t>
-[...5 lines deleted...]
-    <t>La HAS recommande la mise en place de la vaccination contre la dengue par le vaccin Qdenga dans les territoires français d’Amérique (Antilles et Guyane), ainsi qu’à Mayotte et à La Réunion. La HAS préconise de vacciner dans ces territoires les enfants âgés de 6 à 16 ans présentant un antécédent d’infection par la dengue ainsi que les adultes de 17 à 60 ans présentant des comorbidités, avec ou sans antécédent.</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Dengue vaccination strategy – Role of the Qdenga vaccine - Recommend</t>
+  </si>
+  <si>
+    <t>The HAS recommends the implementation of vaccination against dengue fever using the Qdenga vaccine in the French territories of America (the Antilles and French Guiana), as well as in Mayotte and Réunion. The HAS recommends vaccinating children aged 6 to 16 with a history of dengue infection in these territories, as well as adults aged 17 to 60 with comorbidities, with or without a history of infection.</t>
   </si>
   <si>
     <t>12/12/2024 00:00:00</t>
   </si>
   <si>
-    <t>17/12/2024 11:07:00</t>
+    <t>12/17/2024 11:07:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3461308/fr/strategie-de-vaccination-contre-la-dengue-place-du-vaccin-qdenga</t>
+    <t>https://www.has-sante.fr/jcms/p_3461308/en/dengue-vaccination-strategy-role-of-the-qdenga-vaccine-recommend</t>
   </si>
   <si>
     <t>p_3461308</t>
   </si>
   <si>
-    <t>Évaluation a priori du dépistage de la syphilis en France</t>
-[...185 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2680246/fr/evaluation-des-actes-de-diagnostic-biologique-de-la-pneumocystose-pneumocystis-jirovecii</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assessment of biological tests for Pneumocystis Pneumonia (Pneumocystis jirovecii infections) diagnosis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to evaluate the accuracy of biological techniques for the diagnosis of Pneumocystis Pneumonia (bilateral pneumonitis caused by human-specific fungus Pneumocystis jirovecii) in immunosuppressed individuals. It focuses on direct identification of specific fungal organisms by microscopic methods (immunofluorescence -IF, staining methods) and Pneumocystis-specific DNA detection by polymerase chain reaction (PCR) in respiratory fluid samples. In addition, it evaluates the dosage of the soluble antigen β -(1-3)- D - glucane (BG) in blood</t>
+  </si>
+  <si>
+    <t>09/27/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>10/18/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680246/en/assessment-of-biological-tests-for-pneumocystis-pneumonia-pneumocystis-jirovecii-infections-diagnosis-inahta-brief</t>
   </si>
   <si>
     <t>c_2680246</t>
-  </si>
-[...115 lines deleted...]
-    <t>p_3230287</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -494,729 +188,67 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-[...660 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>