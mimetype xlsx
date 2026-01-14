--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -9,116 +9,167 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="40">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...2 lines deleted...]
-    <t>Inborn errors of metabolism : assessment of expanded newborn screening using tandem mass spectrometry in France (part 2)</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Dépistage néonatal :  Réévaluation de l’opportunité  d’intégrer cinq erreurs innées du métabolisme au  programme de DNN</t>
+  </si>
+  <si>
+    <t>La HAS recommande d’élargir au déficit en VLCAD le DNN en population générale en France. Ce dépistage implique nécessairement l’utilisation de la technologie de MS/MS.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>13/02/2024 13:45:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426280/fr/depistage-neonatal-reevaluation-de-l-opportunite-d-integrer-cinq-erreurs-innees-du-metabolisme-au-programme-de-dnn</t>
+  </si>
+  <si>
+    <t>p_3426280</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Epilepsies vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie vitamino-sensible. Il a été élaboré par le Centre de référence des Epilepsies rares (CRMR Lille, Marseille) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2022 15:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358939/fr/epilepsies-vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>p_3358939</t>
+  </si>
+  <si>
+    <t>Syndrome d’Ehlers-Danlos Non Vasculaire (SED NV)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d’Ehlers-Danlos Non Vasculaire. Il a été élaboré par le centre de référence des Maladies Osseuses Constitutionnelles (MOC) sous l’égide de la filière OSCAR, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187041/fr/syndrome-d-ehlers-danlos-non-vasculaire-sed-nv</t>
+  </si>
+  <si>
+    <t>p_3187041</t>
+  </si>
+  <si>
+    <t>Évaluation a priori de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. Volet 2</t>
   </si>
   <si>
     <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
   </si>
   <si>
-    <t>01/22/2020 00:00:00</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2866458/en/inborn-errors-of-metabolism-assessment-of-expanded-newborn-screening-using-tandem-mass-spectrometry-in-france-part-2</t>
+    <t>22/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/02/2020 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
   </si>
   <si>
     <t>c_2866458</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés à la pratique de mésothérapie à visée esthétique</t>
+  </si>
+  <si>
+    <t>25/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1522566</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -128,51 +179,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -197,58 +248,136 @@
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>17</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
         <v>19</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>20</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>21</v>
       </c>
-      <c r="H3" t="s">
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
         <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C5" t="s">
+        <v>28</v>
+      </c>
+      <c r="D5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E5" t="s">
+        <v>30</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H5" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>33</v>
+      </c>
+      <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
+        <v>35</v>
+      </c>
+      <c r="D6" t="s">
+        <v>36</v>
+      </c>
+      <c r="E6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>38</v>
+      </c>
+      <c r="H6" t="s">
+        <v>39</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>