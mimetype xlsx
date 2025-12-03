--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -9,149 +9,449 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="184" uniqueCount="116">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>11/29/2021 15:10:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
+  </si>
+  <si>
+    <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
+  </si>
+  <si>
+    <t>24/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>29/11/2021 15:10:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
+    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
   </si>
   <si>
     <t>p_3301328</t>
+  </si>
+  <si>
+    <t>Doxycycline en prévention des infections sexuellement transmissibles bactériennes</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l’Agence nationale de recherches sur le VIH/sida, les hépatites virales, la tuberculose, les infections sexuellement transmissibles et les maladies infectieuses émergentes (ANRS MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration de recommandations françaises sur l’utilisation de la doxycycline en prévention des infections sexuellement transmissibles bactériennes. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>23/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/01/2025 08:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3586490/fr/doxycycline-en-prevention-des-infections-sexuellement-transmissibles-bacteriennes</t>
+  </si>
+  <si>
+    <t>p_3586490</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Atrésie des voies biliaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ayant une atrésie des voies biliaires (AVB) et qui relève de l’affection de longue durée (ALD) n°6 (« Maladies chroniques actives du foie et cirrhoses »). Il a été élaboré par le Centre de Référence Atrésie des Voies Biliaires et Cholestases Génétiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563488/fr/atresie-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>p_3563488</t>
+  </si>
+  <si>
+    <t>Initiation d’un premier traitement antirétroviral chez l’adulte vivant avec le VIH</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes vivant avec le VIH (PVVIH). L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>29/08/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>03/10/2024 10:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545694/fr/initiation-d-un-premier-traitement-antiretroviral-chez-l-adulte-vivant-avec-le-vih</t>
+  </si>
+  <si>
+    <t>p_3545694</t>
+  </si>
+  <si>
+    <t>Lupus Systémique de l'adulte et de l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lupus systémique (LS). Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493410/fr/lupus-systemique-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3493410</t>
+  </si>
+  <si>
+    <t>Cholangite Sclérosante Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite sclérosante primitive (CSP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392249/fr/cholangite-sclerosante-primitive</t>
+  </si>
+  <si>
+    <t>p_3392249</t>
+  </si>
+  <si>
+    <t>Trisomie 21</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/01/2020 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
+  </si>
+  <si>
+    <t>p_3148883</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme en post-partum</t>
+  </si>
+  <si>
+    <t>Il est important d’aborder la contraception et d’informer les femmes sur les méthodes possibles au cours de la grossesse et de la proposer en post-partum immédiat. La consultation du post-partum (6 à 8 semaines après l’accouchement) doit permettre de confirmer le choix contraceptif, son renouvellement éventuel, sa surveillance ou la pose d’un dispositif de longue durée (DIU, implant).</t>
+  </si>
+  <si>
+    <t>10/07/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1369193/fr/contraception-chez-la-femme-en-post-partum</t>
+  </si>
+  <si>
+    <t>c_1369193</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme à risque cardiovasculaire</t>
+  </si>
+  <si>
+    <t>La contraception chez une femme à risque cardiovasculaire n’est pas une prescription anodine. La Haute Autorité de santé (HAS) publie une nouvelle fiche mémo pour aider les professionnels de santé à proposer la contraception la plus adaptée aux contre indications présentées : antécédents, pathologies ou facteurs de risque. Cette fiche est fondée sur les critères établis par l’Organisation mondiale de la santé adaptés au contexte français.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638478/fr/contraception-chez-la-femme-a-risque-cardiovasculaire</t>
+  </si>
+  <si>
+    <t>c_1638478</t>
+  </si>
+  <si>
+    <t>Contraception hormonale orale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>Ces fiches mémo visent à fournir aux pharmaciens d’officine des outils afin de les aider à la dispensation d’une contraception hormonale régulière ou d’une contraception d’urgence aux femmes et adolescentes.</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720982/fr/contraception-hormonale-orale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1720982</t>
+  </si>
+  <si>
+    <t>Contraception : prescriptions et conseils aux femmes</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes/les hommes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752432/fr/contraception-prescriptions-et-conseils-aux-femmes</t>
+  </si>
+  <si>
+    <t>c_1752432</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme adulte et de l'adolescente en âge de procréer (hors post-partum et post-IVG)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752542/fr/contraception-chez-la-femme-adulte-et-de-l-adolescente-en-age-de-procreer-hors-post-partum-et-post-ivg</t>
+  </si>
+  <si>
+    <t>c_1752542</t>
+  </si>
+  <si>
+    <t>Stérilisation à visée contraceptive chez l’homme et chez la femme</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752765/fr/sterilisation-a-visee-contraceptive-chez-l-homme-et-chez-la-femme</t>
+  </si>
+  <si>
+    <t>c_1752765</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme après une interruption volontaire de grossesse (IVG)</t>
+  </si>
+  <si>
+    <t>La reprise de la fertilité après une IVG est immédiate ; une contraception efficace est donc indispensable dès la réalisation de l’IVG. Une information sur la contraception doit être délivrée lors de la consultation pré-IVG.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753312/fr/contraception-chez-la-femme-apres-une-interruption-volontaire-de-grossesse-ivg</t>
+  </si>
+  <si>
+    <t>c_1753312</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1754842/fr/contraception-d-urgence</t>
+  </si>
+  <si>
+    <t>c_1754842</t>
+  </si>
+  <si>
+    <t>Contraception chez l’homme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757909/fr/contraception-chez-l-homme</t>
+  </si>
+  <si>
+    <t>c_1757909</t>
+  </si>
+  <si>
+    <t>Contraception estroprogestative transdermique ou vaginale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759931/fr/contraception-estroprogestative-transdermique-ou-vaginale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759931</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759990/fr/contraception-d-urgence-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759990</t>
+  </si>
+  <si>
+    <t>Prévention vasculaire après un infarctus cérébral ou un accident ischémique transitoire</t>
+  </si>
+  <si>
+    <t>Les recommandations portent sur la prévention secondaire des événements vasculaires (accident vasculaire cérébral, infarctus du myocarde et décès d’origine vasculaire), parce que l’infarctus cérébral confère non seulement un risque élevé de récidive, mais aussi un risque conséquent d’infarctus du myocarde et de décès d’origine vasculaire.</t>
+  </si>
+  <si>
+    <t>07/06/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>13/06/2018 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1252051/fr/prevention-vasculaire-apres-un-infarctus-cerebral-ou-un-accident-ischemique-transitoire</t>
+  </si>
+  <si>
+    <t>c_1252051</t>
+  </si>
+  <si>
+    <t>Bon usage des agents antiplaquettaires</t>
+  </si>
+  <si>
+    <t>Ces recommandations définissent les situations et conditions de prescription des agents antiplaquettaires (aspirine, clopidogrel, prasugrel et ticagrelor) en prévention primaire ou secondaire d’une maladie cardiovasculaire, ainsi que la conduite à tenir en cas de chirurgie. Leur utilisation dans certaines situations particulières est également abordée : sujet âgé, insuffisance rénale chronique, grossesse, HIV.</t>
+  </si>
+  <si>
+    <t>01/06/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2012 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1264095/fr/bon-usage-des-agents-antiplaquettaires</t>
+  </si>
+  <si>
+    <t>c_1264095</t>
+  </si>
+  <si>
+    <t>Prise en charge du patient adulte se plaignant d'insomnie en médecine générale</t>
+  </si>
+  <si>
+    <t>Ces recommandations professionnelles, destinées aux médecins généralistes, visent à répondre aux questions suivantes : Qu’est-ce que l’insomnie ? Comment la définir et la caractériser (type, étiologie) ? Quelle est l’épidémiologie de l’insomnie et quel est le poids de la maladie pour l’individu et la collectivité en France ? Quelles sont les questions pertinentes à poser au patient et quelles sont les investigations à réaliser par le médecin généraliste ? Quelles sont les indications des avis et des investigations spécialisées ? Quelle est la place du traitement pharmacologique et non pharmacologique, y compris celle du sevrage ? Quel arbre décisionnel proposer ?</t>
+  </si>
+  <si>
+    <t>20/12/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>03/05/2007 14:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_522637/fr/prise-en-charge-du-patient-adulte-se-plaignant-d-insomnie-en-medecine-generale</t>
+  </si>
+  <si>
+    <t>c_522637</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Efficacité des méthodes contraceptives</t>
+  </si>
+  <si>
+    <t>17/05/2014 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757924/fr/efficacite-des-methodes-contraceptives</t>
+  </si>
+  <si>
+    <t>c_1757924</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H23"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -163,45 +463,591 @@
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>22</v>
+      </c>
+      <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
+        <v>35</v>
+      </c>
+      <c r="D6" t="s">
+        <v>36</v>
+      </c>
+      <c r="E6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>38</v>
+      </c>
+      <c r="H6" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>22</v>
+      </c>
+      <c r="B7" t="s">
+        <v>40</v>
+      </c>
+      <c r="C7" t="s">
+        <v>41</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>42</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>43</v>
+      </c>
+      <c r="H7" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>22</v>
+      </c>
+      <c r="B8" t="s">
+        <v>45</v>
+      </c>
+      <c r="C8" t="s">
+        <v>46</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>47</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H8" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>50</v>
+      </c>
+      <c r="C9" t="s">
+        <v>51</v>
+      </c>
+      <c r="D9" t="s">
+        <v>52</v>
+      </c>
+      <c r="E9" t="s">
+        <v>53</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>54</v>
+      </c>
+      <c r="H9" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>56</v>
+      </c>
+      <c r="C10" t="s">
+        <v>57</v>
+      </c>
+      <c r="D10" t="s">
+        <v>52</v>
+      </c>
+      <c r="E10" t="s">
+        <v>53</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>58</v>
+      </c>
+      <c r="H10" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
+        <v>60</v>
+      </c>
+      <c r="C11" t="s">
+        <v>61</v>
+      </c>
+      <c r="D11" t="s">
+        <v>52</v>
+      </c>
+      <c r="E11" t="s">
+        <v>62</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>63</v>
+      </c>
+      <c r="H11" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B12" t="s">
+        <v>65</v>
+      </c>
+      <c r="C12" t="s">
+        <v>66</v>
+      </c>
+      <c r="D12" t="s">
+        <v>52</v>
+      </c>
+      <c r="E12" t="s">
+        <v>62</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>67</v>
+      </c>
+      <c r="H12" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>8</v>
+      </c>
+      <c r="B13" t="s">
+        <v>69</v>
+      </c>
+      <c r="C13" t="s">
+        <v>66</v>
+      </c>
+      <c r="D13" t="s">
+        <v>52</v>
+      </c>
+      <c r="E13" t="s">
+        <v>53</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>70</v>
+      </c>
+      <c r="H13" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>8</v>
+      </c>
+      <c r="B14" t="s">
+        <v>72</v>
+      </c>
+      <c r="C14" t="s">
+        <v>73</v>
+      </c>
+      <c r="D14" t="s">
+        <v>52</v>
+      </c>
+      <c r="E14" t="s">
+        <v>62</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>74</v>
+      </c>
+      <c r="H14" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" t="s">
+        <v>76</v>
+      </c>
+      <c r="C15" t="s">
+        <v>77</v>
+      </c>
+      <c r="D15" t="s">
+        <v>52</v>
+      </c>
+      <c r="E15" t="s">
+        <v>62</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>78</v>
+      </c>
+      <c r="H15" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>8</v>
+      </c>
+      <c r="B16" t="s">
+        <v>80</v>
+      </c>
+      <c r="C16" t="s">
+        <v>81</v>
+      </c>
+      <c r="D16" t="s">
+        <v>52</v>
+      </c>
+      <c r="E16" t="s">
+        <v>53</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>82</v>
+      </c>
+      <c r="H16" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>8</v>
+      </c>
+      <c r="B17" t="s">
+        <v>84</v>
+      </c>
+      <c r="C17" t="s">
+        <v>66</v>
+      </c>
+      <c r="D17" t="s">
+        <v>52</v>
+      </c>
+      <c r="E17" t="s">
+        <v>53</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>85</v>
+      </c>
+      <c r="H17" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>8</v>
+      </c>
+      <c r="B18" t="s">
+        <v>87</v>
+      </c>
+      <c r="C18" t="s">
+        <v>61</v>
+      </c>
+      <c r="D18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E18" t="s">
+        <v>62</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>88</v>
+      </c>
+      <c r="H18" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>8</v>
+      </c>
+      <c r="B19" t="s">
+        <v>90</v>
+      </c>
+      <c r="C19" t="s">
+        <v>61</v>
+      </c>
+      <c r="D19" t="s">
+        <v>52</v>
+      </c>
+      <c r="E19" t="s">
+        <v>62</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>91</v>
+      </c>
+      <c r="H19" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>8</v>
+      </c>
+      <c r="B20" t="s">
+        <v>93</v>
+      </c>
+      <c r="C20" t="s">
+        <v>94</v>
+      </c>
+      <c r="D20" t="s">
+        <v>95</v>
+      </c>
+      <c r="E20" t="s">
+        <v>96</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>97</v>
+      </c>
+      <c r="H20" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>8</v>
+      </c>
+      <c r="B21" t="s">
+        <v>99</v>
+      </c>
+      <c r="C21" t="s">
+        <v>100</v>
+      </c>
+      <c r="D21" t="s">
+        <v>101</v>
+      </c>
+      <c r="E21" t="s">
+        <v>102</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>103</v>
+      </c>
+      <c r="H21" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>8</v>
+      </c>
+      <c r="B22" t="s">
+        <v>105</v>
+      </c>
+      <c r="C22" t="s">
+        <v>106</v>
+      </c>
+      <c r="D22" t="s">
+        <v>107</v>
+      </c>
+      <c r="E22" t="s">
+        <v>108</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>109</v>
+      </c>
+      <c r="H22" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>111</v>
+      </c>
+      <c r="B23" t="s">
+        <v>112</v>
+      </c>
+      <c r="C23" t="s">
+        <v>13</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>113</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>114</v>
+      </c>
+      <c r="H23" t="s">
+        <v>115</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>