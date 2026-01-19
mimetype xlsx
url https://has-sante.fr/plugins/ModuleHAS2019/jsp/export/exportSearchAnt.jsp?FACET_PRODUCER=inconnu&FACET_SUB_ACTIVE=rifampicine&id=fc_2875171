--- v1 (2025-12-03)
+++ v2 (2026-01-19)
@@ -9,119 +9,134 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="184" uniqueCount="116">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="192" uniqueCount="121">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
   </si>
   <si>
     <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
   </si>
   <si>
     <t>24/10/2024 00:00:00</t>
   </si>
   <si>
     <t>29/11/2021 15:10:00</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
     <t>Doxycycline en prévention des infections sexuellement transmissibles bactériennes</t>
   </si>
   <si>
     <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l’Agence nationale de recherches sur le VIH/sida, les hépatites virales, la tuberculose, les infections sexuellement transmissibles et les maladies infectieuses émergentes (ANRS MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration de recommandations françaises sur l’utilisation de la doxycycline en prévention des infections sexuellement transmissibles bactériennes. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
   </si>
   <si>
     <t>23/01/2025 00:00:00</t>
   </si>
   <si>
     <t>29/01/2025 08:45:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3586490/fr/doxycycline-en-prevention-des-infections-sexuellement-transmissibles-bacteriennes</t>
   </si>
   <si>
     <t>p_3586490</t>
-  </si>
-[...1 lines deleted...]
-    <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Atrésie des voies biliaires</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ayant une atrésie des voies biliaires (AVB) et qui relève de l’affection de longue durée (ALD) n°6 (« Maladies chroniques actives du foie et cirrhoses »). Il a été élaboré par le Centre de Référence Atrésie des Voies Biliaires et Cholestases Génétiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>02/12/2024 14:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3563488/fr/atresie-des-voies-biliaires</t>
   </si>
   <si>
     <t>p_3563488</t>
   </si>
   <si>
     <t>Initiation d’un premier traitement antirétroviral chez l’adulte vivant avec le VIH</t>
   </si>
   <si>
     <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes vivant avec le VIH (PVVIH). L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
   </si>
   <si>
     <t>29/08/2024 00:00:00</t>
   </si>
@@ -407,647 +422,673 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H23"/>
+  <dimension ref="A1:H24"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>15</v>
+      </c>
+      <c r="B4" t="s">
         <v>22</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>23</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E4" t="s">
         <v>25</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>28</v>
       </c>
       <c r="C5" t="s">
         <v>29</v>
       </c>
       <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
         <v>30</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
         <v>31</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C6" t="s">
         <v>34</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>35</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>36</v>
       </c>
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
         <v>37</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="B7" t="s">
+        <v>39</v>
+      </c>
+      <c r="C7" t="s">
         <v>40</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E7" t="s">
         <v>42</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G7" t="s">
         <v>43</v>
       </c>
       <c r="H7" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>45</v>
       </c>
       <c r="C8" t="s">
         <v>46</v>
       </c>
       <c r="D8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E8" t="s">
         <v>47</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G8" t="s">
         <v>48</v>
       </c>
       <c r="H8" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>50</v>
       </c>
       <c r="C9" t="s">
         <v>51</v>
       </c>
       <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
         <v>52</v>
       </c>
-      <c r="E9" t="s">
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
         <v>53</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="H9" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B10" t="s">
+        <v>55</v>
+      </c>
+      <c r="C10" t="s">
         <v>56</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
         <v>57</v>
       </c>
-      <c r="D10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E10" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="F10" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="H10" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B11" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C11" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D11" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="E11" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="F11" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G11" t="s">
         <v>63</v>
       </c>
       <c r="H11" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B12" t="s">
         <v>65</v>
       </c>
       <c r="C12" t="s">
         <v>66</v>
       </c>
       <c r="D12" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="E12" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="F12" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="H12" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B13" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C13" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="D13" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="E13" t="s">
-        <v>53</v>
+        <v>67</v>
       </c>
       <c r="F13" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="H13" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B14" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="C14" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="D14" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="E14" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="F14" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="H14" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B15" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C15" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D15" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="E15" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="F15" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="H15" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C16" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D16" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="E16" t="s">
-        <v>53</v>
+        <v>67</v>
       </c>
       <c r="F16" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="H16" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B17" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C17" t="s">
-        <v>66</v>
+        <v>86</v>
       </c>
       <c r="D17" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="E17" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="F17" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="H17" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B18" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="C18" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="D18" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="E18" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="F18" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H18" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B19" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="C19" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D19" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="E19" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="F19" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="H19" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B20" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C20" t="s">
-        <v>94</v>
+        <v>66</v>
       </c>
       <c r="D20" t="s">
-        <v>95</v>
+        <v>57</v>
       </c>
       <c r="E20" t="s">
+        <v>67</v>
+      </c>
+      <c r="F20" t="s">
+        <v>11</v>
+      </c>
+      <c r="G20" t="s">
         <v>96</v>
       </c>
-      <c r="F20" t="s">
-[...2 lines deleted...]
-      <c r="G20" t="s">
+      <c r="H20" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B21" t="s">
+        <v>98</v>
+      </c>
+      <c r="C21" t="s">
         <v>99</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21" t="s">
         <v>100</v>
       </c>
-      <c r="D21" t="s">
+      <c r="E21" t="s">
         <v>101</v>
       </c>
-      <c r="E21" t="s">
+      <c r="F21" t="s">
+        <v>11</v>
+      </c>
+      <c r="G21" t="s">
         <v>102</v>
       </c>
-      <c r="F21" t="s">
-[...2 lines deleted...]
-      <c r="G21" t="s">
+      <c r="H21" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B22" t="s">
+        <v>104</v>
+      </c>
+      <c r="C22" t="s">
         <v>105</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
         <v>106</v>
       </c>
-      <c r="D22" t="s">
+      <c r="E22" t="s">
         <v>107</v>
       </c>
-      <c r="E22" t="s">
+      <c r="F22" t="s">
+        <v>11</v>
+      </c>
+      <c r="G22" t="s">
         <v>108</v>
       </c>
-      <c r="F22" t="s">
-[...2 lines deleted...]
-      <c r="G22" t="s">
+      <c r="H22" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
+        <v>15</v>
+      </c>
+      <c r="B23" t="s">
+        <v>110</v>
+      </c>
+      <c r="C23" t="s">
         <v>111</v>
       </c>
-      <c r="B23" t="s">
+      <c r="D23" t="s">
         <v>112</v>
-      </c>
-[...4 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E23" t="s">
         <v>113</v>
       </c>
       <c r="F23" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G23" t="s">
         <v>114</v>
       </c>
       <c r="H23" t="s">
         <v>115</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>116</v>
+      </c>
+      <c r="B24" t="s">
+        <v>117</v>
+      </c>
+      <c r="C24" t="s">
+        <v>11</v>
+      </c>
+      <c r="D24" t="s">
+        <v>11</v>
+      </c>
+      <c r="E24" t="s">
+        <v>118</v>
+      </c>
+      <c r="F24" t="s">
+        <v>11</v>
+      </c>
+      <c r="G24" t="s">
+        <v>119</v>
+      </c>
+      <c r="H24" t="s">
+        <v>120</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>