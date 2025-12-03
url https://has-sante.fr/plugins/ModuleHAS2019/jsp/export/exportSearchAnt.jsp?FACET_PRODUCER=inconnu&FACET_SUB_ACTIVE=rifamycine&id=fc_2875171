--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -35,69 +35,69 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...11 lines deleted...]
-    <t>25/01/2018 14:18:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Normal childbirth: support of physiology and medical interventions</t>
+  </si>
+  <si>
+    <t>Define for women at low obstetric risk how to take care of the pace and spontaneous development of birth and women's preferences. Improve and guarantee the quality and safety of maternal and newborn care.</t>
+  </si>
+  <si>
+    <t>11/23/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>01/25/2018 14:18:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2820336/fr/accouchement-normal-accompagnement-de-la-physiologie-et-interventions-medicales</t>
+    <t>https://www.has-sante.fr/jcms/c_2820336/en/normal-childbirth-support-of-physiology-and-medical-interventions</t>
   </si>
   <si>
     <t>c_2820336</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>