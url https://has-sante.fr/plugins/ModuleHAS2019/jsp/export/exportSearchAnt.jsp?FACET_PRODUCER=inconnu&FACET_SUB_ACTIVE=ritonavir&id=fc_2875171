--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -1,157 +1,418 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Article HAS" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="186" uniqueCount="100">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>01/16/2017 14:30:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Initiation d’un premier traitement antirétroviral chez l’adulte vivant avec le VIH</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes vivant avec le VIH (PVVIH). L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>29/08/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>03/10/2024 10:22:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2653624/en/update-of-laboratory-medicine-procedures-related-to-the-diagnosis-and-management-of-hepatitis-b-c-and-d-inahta-brief</t>
+    <t>https://www.has-sante.fr/jcms/p_3545694/fr/initiation-d-un-premier-traitement-antiretroviral-chez-l-adulte-vivant-avec-le-vih</t>
+  </si>
+  <si>
+    <t>p_3545694</t>
+  </si>
+  <si>
+    <t>Traitement préventif pré-exposition de l’infection par le VIH</t>
+  </si>
+  <si>
+    <t>06/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>06/08/2024 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536524/fr/traitement-preventif-pre-exposition-de-l-infection-par-le-vih</t>
+  </si>
+  <si>
+    <t>p_3536524</t>
+  </si>
+  <si>
+    <t>Hépatite C : prise en charge simplifiée chez l'adulte</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo présente la prise en charge simplifiée. Elle peut conduire à une prise en charge spécialisée avec réunion de concertation pluridisciplinaire en fonction de données cliniques ou paracliniques.</t>
+  </si>
+  <si>
+    <t>18/09/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>08/10/2019 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911891/fr/hepatite-c-prise-en-charge-simplifiee-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2911891</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme en post-partum</t>
+  </si>
+  <si>
+    <t>Il est important d’aborder la contraception et d’informer les femmes sur les méthodes possibles au cours de la grossesse et de la proposer en post-partum immédiat. La consultation du post-partum (6 à 8 semaines après l’accouchement) doit permettre de confirmer le choix contraceptif, son renouvellement éventuel, sa surveillance ou la pose d’un dispositif de longue durée (DIU, implant).</t>
+  </si>
+  <si>
+    <t>10/07/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1369193/fr/contraception-chez-la-femme-en-post-partum</t>
+  </si>
+  <si>
+    <t>c_1369193</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme à risque cardiovasculaire</t>
+  </si>
+  <si>
+    <t>La contraception chez une femme à risque cardiovasculaire n’est pas une prescription anodine. La Haute Autorité de santé (HAS) publie une nouvelle fiche mémo pour aider les professionnels de santé à proposer la contraception la plus adaptée aux contre indications présentées : antécédents, pathologies ou facteurs de risque. Cette fiche est fondée sur les critères établis par l’Organisation mondiale de la santé adaptés au contexte français.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638478/fr/contraception-chez-la-femme-a-risque-cardiovasculaire</t>
+  </si>
+  <si>
+    <t>c_1638478</t>
+  </si>
+  <si>
+    <t>Contraception hormonale orale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>Ces fiches mémo visent à fournir aux pharmaciens d’officine des outils afin de les aider à la dispensation d’une contraception hormonale régulière ou d’une contraception d’urgence aux femmes et adolescentes.</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720982/fr/contraception-hormonale-orale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1720982</t>
+  </si>
+  <si>
+    <t>Contraception : prescriptions et conseils aux femmes</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes/les hommes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752432/fr/contraception-prescriptions-et-conseils-aux-femmes</t>
+  </si>
+  <si>
+    <t>c_1752432</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme adulte et de l'adolescente en âge de procréer (hors post-partum et post-IVG)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752542/fr/contraception-chez-la-femme-adulte-et-de-l-adolescente-en-age-de-procreer-hors-post-partum-et-post-ivg</t>
+  </si>
+  <si>
+    <t>c_1752542</t>
+  </si>
+  <si>
+    <t>Stérilisation à visée contraceptive chez l’homme et chez la femme</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752765/fr/sterilisation-a-visee-contraceptive-chez-l-homme-et-chez-la-femme</t>
+  </si>
+  <si>
+    <t>c_1752765</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme après une interruption volontaire de grossesse (IVG)</t>
+  </si>
+  <si>
+    <t>La reprise de la fertilité après une IVG est immédiate ; une contraception efficace est donc indispensable dès la réalisation de l’IVG. Une information sur la contraception doit être délivrée lors de la consultation pré-IVG.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753312/fr/contraception-chez-la-femme-apres-une-interruption-volontaire-de-grossesse-ivg</t>
+  </si>
+  <si>
+    <t>c_1753312</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1754842/fr/contraception-d-urgence</t>
+  </si>
+  <si>
+    <t>c_1754842</t>
+  </si>
+  <si>
+    <t>Contraception chez l’homme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757909/fr/contraception-chez-l-homme</t>
+  </si>
+  <si>
+    <t>c_1757909</t>
+  </si>
+  <si>
+    <t>Contraception estroprogestative transdermique ou vaginale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759931/fr/contraception-estroprogestative-transdermique-ou-vaginale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759931</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759990/fr/contraception-d-urgence-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759990</t>
+  </si>
+  <si>
+    <t>Prévention vasculaire après un infarctus cérébral ou un accident ischémique transitoire</t>
+  </si>
+  <si>
+    <t>Les recommandations portent sur la prévention secondaire des événements vasculaires (accident vasculaire cérébral, infarctus du myocarde et décès d’origine vasculaire), parce que l’infarctus cérébral confère non seulement un risque élevé de récidive, mais aussi un risque conséquent d’infarctus du myocarde et de décès d’origine vasculaire.</t>
+  </si>
+  <si>
+    <t>07/06/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>13/06/2018 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1252051/fr/prevention-vasculaire-apres-un-infarctus-cerebral-ou-un-accident-ischemique-transitoire</t>
+  </si>
+  <si>
+    <t>c_1252051</t>
+  </si>
+  <si>
+    <t>Bon usage des agents antiplaquettaires</t>
+  </si>
+  <si>
+    <t>Ces recommandations définissent les situations et conditions de prescription des agents antiplaquettaires (aspirine, clopidogrel, prasugrel et ticagrelor) en prévention primaire ou secondaire d’une maladie cardiovasculaire, ainsi que la conduite à tenir en cas de chirurgie. Leur utilisation dans certaines situations particulières est également abordée : sujet âgé, insuffisance rénale chronique, grossesse, HIV.</t>
+  </si>
+  <si>
+    <t>01/06/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2012 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1264095/fr/bon-usage-des-agents-antiplaquettaires</t>
+  </si>
+  <si>
+    <t>c_1264095</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Actualisation des actes de biologie médicale relatifs au diagnostic et à la prise en charge des hépatites B, C et D</t>
+  </si>
+  <si>
+    <t>11/01/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>16/01/2017 14:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2653624/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-et-a-la-prise-en-charge-des-hepatites-b-c-et-d</t>
   </si>
   <si>
     <t>c_2653624</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 26 avril 2022</t>
+  </si>
+  <si>
+    <t>26/04/2022 08:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3333573/fr/ceesp-reunion-du-26-avril-2022</t>
+  </si>
+  <si>
+    <t>p_3333573</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Efficacité des méthodes contraceptives</t>
+  </si>
+  <si>
+    <t>17/05/2014 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757924/fr/efficacite-des-methodes-contraceptives</t>
+  </si>
+  <si>
+    <t>c_1757924</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H17"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +426,637 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D3" t="s">
+        <v>17</v>
+      </c>
+      <c r="E3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>19</v>
+      </c>
+      <c r="H3" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" t="s">
+        <v>23</v>
+      </c>
+      <c r="E4" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C5" t="s">
+        <v>28</v>
+      </c>
+      <c r="D5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E5" t="s">
+        <v>30</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H5" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C6" t="s">
+        <v>34</v>
+      </c>
+      <c r="D6" t="s">
+        <v>29</v>
+      </c>
+      <c r="E6" t="s">
+        <v>30</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>37</v>
+      </c>
+      <c r="C7" t="s">
+        <v>38</v>
+      </c>
+      <c r="D7" t="s">
+        <v>29</v>
+      </c>
+      <c r="E7" t="s">
+        <v>39</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>40</v>
+      </c>
+      <c r="H7" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>42</v>
+      </c>
+      <c r="C8" t="s">
+        <v>43</v>
+      </c>
+      <c r="D8" t="s">
+        <v>29</v>
+      </c>
+      <c r="E8" t="s">
+        <v>39</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>44</v>
+      </c>
+      <c r="H8" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>46</v>
+      </c>
+      <c r="C9" t="s">
+        <v>43</v>
+      </c>
+      <c r="D9" t="s">
+        <v>29</v>
+      </c>
+      <c r="E9" t="s">
+        <v>30</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>47</v>
+      </c>
+      <c r="H9" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>49</v>
+      </c>
+      <c r="C10" t="s">
+        <v>50</v>
+      </c>
+      <c r="D10" t="s">
+        <v>29</v>
+      </c>
+      <c r="E10" t="s">
+        <v>39</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>51</v>
+      </c>
+      <c r="H10" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
+        <v>53</v>
+      </c>
+      <c r="C11" t="s">
+        <v>54</v>
+      </c>
+      <c r="D11" t="s">
+        <v>29</v>
+      </c>
+      <c r="E11" t="s">
+        <v>39</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>55</v>
+      </c>
+      <c r="H11" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B12" t="s">
+        <v>57</v>
+      </c>
+      <c r="C12" t="s">
+        <v>58</v>
+      </c>
+      <c r="D12" t="s">
+        <v>29</v>
+      </c>
+      <c r="E12" t="s">
+        <v>30</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>59</v>
+      </c>
+      <c r="H12" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>8</v>
+      </c>
+      <c r="B13" t="s">
+        <v>61</v>
+      </c>
+      <c r="C13" t="s">
+        <v>43</v>
+      </c>
+      <c r="D13" t="s">
+        <v>29</v>
+      </c>
+      <c r="E13" t="s">
+        <v>30</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>62</v>
+      </c>
+      <c r="H13" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>8</v>
+      </c>
+      <c r="B14" t="s">
+        <v>64</v>
+      </c>
+      <c r="C14" t="s">
+        <v>38</v>
+      </c>
+      <c r="D14" t="s">
+        <v>29</v>
+      </c>
+      <c r="E14" t="s">
+        <v>39</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>65</v>
+      </c>
+      <c r="H14" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" t="s">
+        <v>67</v>
+      </c>
+      <c r="C15" t="s">
+        <v>38</v>
+      </c>
+      <c r="D15" t="s">
+        <v>29</v>
+      </c>
+      <c r="E15" t="s">
+        <v>39</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>68</v>
+      </c>
+      <c r="H15" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>8</v>
+      </c>
+      <c r="B16" t="s">
+        <v>70</v>
+      </c>
+      <c r="C16" t="s">
+        <v>71</v>
+      </c>
+      <c r="D16" t="s">
+        <v>72</v>
+      </c>
+      <c r="E16" t="s">
+        <v>73</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>74</v>
+      </c>
+      <c r="H16" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>8</v>
+      </c>
+      <c r="B17" t="s">
+        <v>76</v>
+      </c>
+      <c r="C17" t="s">
+        <v>77</v>
+      </c>
+      <c r="D17" t="s">
+        <v>78</v>
+      </c>
+      <c r="E17" t="s">
+        <v>79</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>80</v>
+      </c>
+      <c r="H17" t="s">
+        <v>81</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>82</v>
+      </c>
+      <c r="B2" t="s">
+        <v>83</v>
+      </c>
+      <c r="C2" t="s">
+        <v>83</v>
+      </c>
+      <c r="D2" t="s">
+        <v>84</v>
+      </c>
+      <c r="E2" t="s">
+        <v>85</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>86</v>
+      </c>
+      <c r="H2" t="s">
+        <v>87</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>89</v>
+      </c>
+      <c r="B2" t="s">
+        <v>90</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>91</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>92</v>
+      </c>
+      <c r="H2" t="s">
+        <v>93</v>
+      </c>
+      <c r="I2" t="s">
+        <v>94</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>95</v>
+      </c>
+      <c r="B2" t="s">
+        <v>96</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>97</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>98</v>
+      </c>
+      <c r="H2" t="s">
+        <v>99</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>