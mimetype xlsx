--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -1,207 +1,650 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="98" uniqueCount="58">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>10/18/2017 16:24:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Hémophilie A acquise</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HAA. Il a été élaboré par le Centre de Référence de l’Hémophilie et autres déficits rares en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2680246/en/assessment-of-biological-tests-for-pneumocystis-pneumonia-pneumocystis-jirovecii-infections-diagnosis-inahta-brief</t>
+    <t>04/03/2025 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594164/fr/hemophilie-a-acquise</t>
+  </si>
+  <si>
+    <t>p_3594164</t>
+  </si>
+  <si>
+    <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur. Il a été élaboré par la Filière de santé maladies rares MCGRE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_938890</t>
+  </si>
+  <si>
+    <t>Lupus Systémique de l'adulte et de l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lupus systémique (LS). Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493410/fr/lupus-systemique-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3493410</t>
+  </si>
+  <si>
+    <t>Glomérulonéphrite Extra-Membraneuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GEM. Il a été élaboré par le Centre de Référence Maladies Rares du Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392035/fr/glomerulonephrite-extra-membraneuse</t>
+  </si>
+  <si>
+    <t>p_3392035</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Dosage sérique des chaînes légères libres kappa et lambda dans les gammapathies monoclonales – Note de cadrage</t>
+  </si>
+  <si>
+    <t>Définition du protocole d’évaluation du dosage sérique des chaînes légères libres kappa et lambda dans les gammapathies monoclonales</t>
+  </si>
+  <si>
+    <t>04/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2024 17:50:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3530129/fr/dosage-serique-des-chaines-legeres-libres-kappa-et-lambda-dans-les-gammapathies-monoclonales-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3530129</t>
+  </si>
+  <si>
+    <t>Évaluation des actes de diagnostic biologique de la pneumocystose (Pneumocystis jirovecii)</t>
+  </si>
+  <si>
+    <t>La HAS a évalué les techniques de recherche directe de l’agent infectieux par les techniques microscopiques (colorations, immunofluorescence), la recherche d’ADN via les techniques d’amplification génique, ainsi que le dosage sérique de l’antigène soluble β -(1-3)- D - glucane (BG), présent dans la paroi cellulaire du microorganisme.</t>
+  </si>
+  <si>
+    <t>27/09/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>18/10/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680246/fr/evaluation-des-actes-de-diagnostic-biologique-de-la-pneumocystose-pneumocystis-jirovecii</t>
   </si>
   <si>
     <t>c_2680246</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 octobre 2016</t>
+  </si>
+  <si>
+    <t>12/10/2016 10:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2675437/fr/commission-de-la-transparence-reunion-du-19-octobre-2016</t>
+  </si>
+  <si>
+    <t>c_2675437</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre le Sars-Cov-2 - Actualisation des facteurs de risque de formes graves de la Covid-19 et des recommandations sur la stratégie de priorisation des populations à vacciner</t>
+  </si>
+  <si>
+    <t>En s’appuyant sur l’évolution des connaissances disponibles sur le SARS-CoV-2, la HAS avec la commission technique des vaccinations, actualise les facteurs de risque de formes graves de Covid-19 et met à jour ses recommandations sur la stratégie de priorisation des populations à vacciner.</t>
+  </si>
+  <si>
+    <t>01/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2021 10:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3240117/fr/strategie-de-vaccination-contre-le-sars-cov-2-actualisation-des-facteurs-de-risque-de-formes-graves-de-la-covid-19-et-des-recommandations-sur-la-strategie-de-priorisation-des-populations-a-vacciner</t>
+  </si>
+  <si>
+    <t>p_3240117</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
+      <c r="H2" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>22</v>
+      </c>
+      <c r="E4" t="s">
+        <v>23</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H4" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>28</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>29</v>
+      </c>
+      <c r="H5" t="s">
+        <v>30</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>31</v>
+      </c>
+      <c r="B2" t="s">
+        <v>32</v>
+      </c>
+      <c r="C2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E2" t="s">
+        <v>35</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>36</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>37</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>31</v>
+      </c>
+      <c r="B3" t="s">
+        <v>38</v>
+      </c>
+      <c r="C3" t="s">
+        <v>39</v>
+      </c>
+      <c r="D3" t="s">
+        <v>40</v>
+      </c>
+      <c r="E3" t="s">
+        <v>41</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>42</v>
+      </c>
+      <c r="H3" t="s">
+        <v>43</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>45</v>
+      </c>
+      <c r="B2" t="s">
+        <v>46</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>47</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>48</v>
+      </c>
+      <c r="H2" t="s">
+        <v>49</v>
+      </c>
+      <c r="I2" t="s">
+        <v>50</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>51</v>
+      </c>
+      <c r="B2" t="s">
+        <v>52</v>
+      </c>
+      <c r="C2" t="s">
+        <v>53</v>
+      </c>
+      <c r="D2" t="s">
+        <v>54</v>
+      </c>
+      <c r="E2" t="s">
+        <v>55</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>56</v>
+      </c>
+      <c r="H2" t="s">
+        <v>57</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>