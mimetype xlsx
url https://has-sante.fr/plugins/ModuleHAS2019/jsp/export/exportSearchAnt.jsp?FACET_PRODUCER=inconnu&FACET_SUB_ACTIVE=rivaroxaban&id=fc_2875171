--- v0 (2025-10-19)
+++ v1 (2026-03-05)
@@ -1,170 +1,362 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Article HAS" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="140" uniqueCount="82">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Methodology guide</t>
-[...2 lines deleted...]
-    <t>Real-world studies for the assessment of medicinal products and medical devices</t>
+    <t>Guide méthodologique</t>
+  </si>
+  <si>
+    <t>Études en vie réelle pour l’évaluation des médicaments et dispositifs médicaux</t>
   </si>
   <si>
     <t>Ce guide méthodologique proposé par la HAS vise à soutenir et accompagner les études en vie réelle des produits de santé évaluées par les commissions d’évaluation de la HAS. Il propose des points de repère pratiques sur les aspects méthodologiques pour optimiser le niveau de preuve de ces études et la confiance dans leurs résultats.</t>
   </si>
   <si>
-    <t>06/10/2021 00:00:00</t>
-[...2 lines deleted...]
-    <t>06/30/2021 10:21:00</t>
+    <t>10/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>30/06/2021 10:21:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3284524/en/real-world-studies-for-the-assessment-of-medicinal-products-and-medical-devices</t>
+    <t>https://www.has-sante.fr/jcms/p_3284524/fr/etudes-en-vie-reelle-pour-l-evaluation-des-medicaments-et-dispositifs-medicaux</t>
   </si>
   <si>
     <t>p_3284524</t>
   </si>
   <si>
-    <t>Methodological Choices for the Clinical Development of Medical Devices</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1696842/en/methodological-choices-for-the-clinical-development-of-medical-devices</t>
+    <t>Méthodologie pour le développement clinique des dispositifs médicaux</t>
+  </si>
+  <si>
+    <t>Ce guide est destiné aux industriels, aux structures de recherche, aux CRO, aux porteurs de projet et aux professionnels de santé impliqués dans le développement clinique d’un dispositif médical ou d’une technologie de santé et qui envisagent de déposer une demande d’admission au remboursement du dispositif concerné auprès de la CNEDiMTS. Il est aussi destiné aux patients, puisque ce guide est destiné à favoriser le recueil de la preuve, quel que soit le critère utilisé.</t>
+  </si>
+  <si>
+    <t>08/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>28/06/2021 15:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1696842/fr/methodologie-pour-le-developpement-clinique-des-dispositifs-medicaux</t>
   </si>
   <si>
     <t>c_1696842</t>
+  </si>
+  <si>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>SAPIEN 3 MODÈLE 9600 TFX BIOPROTHESE VALVULAIRE AORTIQUE AVEC SYSTEME DE MISE EN PLACE EDWARDS COMMANDER™</t>
+  </si>
+  <si>
+    <t>16/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>31/03/2021 18:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3244168/fr/sapien-3-modele-9600-tfx-bioprothese-valvulaire-aortique-avec-systeme-de-mise-en-place-edwards-commander</t>
+  </si>
+  <si>
+    <t>p_3244168</t>
+  </si>
+  <si>
+    <t>Bioprothèse valvulaire aortique implantée par voie  transfémorale (système COMMANDER)</t>
+  </si>
+  <si>
+    <t>EDWARDS LIFESCIENCES SAS</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Hémophilie A acquise</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HAA. Il a été élaboré par le Centre de Référence de l’Hémophilie et autres déficits rares en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2025 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594164/fr/hemophilie-a-acquise</t>
+  </si>
+  <si>
+    <t>p_3594164</t>
+  </si>
+  <si>
+    <t>Thrombose Veineuse Cérébrale de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de thrombose veineuse cérébrale. Il a été élaboré par le Centre de Référence des Maladies Vasculaires Rares du Cerveau et de l’oeil à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/10/2021 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293747/fr/thrombose-veineuse-cerebrale-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3293747</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prévention vasculaire après un infarctus cérébral ou un accident ischémique transitoire</t>
+  </si>
+  <si>
+    <t>Les recommandations portent sur la prévention secondaire des événements vasculaires (accident vasculaire cérébral, infarctus du myocarde et décès d’origine vasculaire), parce que l’infarctus cérébral confère non seulement un risque élevé de récidive, mais aussi un risque conséquent d’infarctus du myocarde et de décès d’origine vasculaire.</t>
+  </si>
+  <si>
+    <t>07/06/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>13/06/2018 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1252051/fr/prevention-vasculaire-apres-un-infarctus-cerebral-ou-un-accident-ischemique-transitoire</t>
+  </si>
+  <si>
+    <t>c_1252051</t>
+  </si>
+  <si>
+    <t>Bon usage des agents antiplaquettaires</t>
+  </si>
+  <si>
+    <t>Ces recommandations définissent les situations et conditions de prescription des agents antiplaquettaires (aspirine, clopidogrel, prasugrel et ticagrelor) en prévention primaire ou secondaire d’une maladie cardiovasculaire, ainsi que la conduite à tenir en cas de chirurgie. Leur utilisation dans certaines situations particulières est également abordée : sujet âgé, insuffisance rénale chronique, grossesse, HIV.</t>
+  </si>
+  <si>
+    <t>01/06/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2012 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1264095/fr/bon-usage-des-agents-antiplaquettaires</t>
+  </si>
+  <si>
+    <t>c_1264095</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Modalités de dépôt d'un protocole d'étude post inscription (CNEDiMTS)</t>
+  </si>
+  <si>
+    <t>La présente notice vise à décrire les modalités de dépôt des protocoles réalisés par les entreprises afin de répondre à ces demandes.</t>
+  </si>
+  <si>
+    <t>22/11/2013 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1695339/fr/modalites-de-depot-d-un-protocole-d-etude-post-inscription-cnedimts</t>
+  </si>
+  <si>
+    <t>c_1695339</t>
+  </si>
+  <si>
+    <t>Outil d’aide à la préparation des épreuves dématérialisées nationales (EDN) : mode d'emploi</t>
+  </si>
+  <si>
+    <t>La HAS a recensé parmi ses travaux ceux qui intéressent les étudiants qui préparent les épreuves dématérialisées nationales (EDN).</t>
+  </si>
+  <si>
+    <t>03/02/2023 10:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_646948/fr/outil-d-aide-a-la-preparation-des-epreuves-dematerialisees-nationales-edn-mode-d-emploi</t>
+  </si>
+  <si>
+    <t>c_646948</t>
+  </si>
+  <si>
+    <t>Comprendre l'évaluation économique des produits de santé</t>
+  </si>
+  <si>
+    <t>Pour garantir la pérennité du système de santé, fondé en majeure partie sur une prise en charge financière collective des soins de santé, des choix en matière d’allocation des ressources doivent être faits. L’objectif de l’évaluation économique est de hiérarchiser les différentes options envisageables en fonction de leur capacité à produire les meilleurs résultats possibles à partir des ressources à mobiliser, en vue d’une allocation optimale des ressources. C’est ce que l’on nomme l’efficience.</t>
+  </si>
+  <si>
+    <t>25/02/2019 09:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1502595/fr/comprendre-l-evaluation-economique-des-produits-de-sante</t>
+  </si>
+  <si>
+    <t>r_1502595</t>
+  </si>
+  <si>
+    <t>Déposer un dossier d'évaluation d'un médicament</t>
+  </si>
+  <si>
+    <t>Modalités de dépôt d'un dossier pour la Commission de la Transparence.</t>
+  </si>
+  <si>
+    <t>18/06/2019 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046750/fr/deposer-un-dossier-d-evaluation-d-un-medicament</t>
+  </si>
+  <si>
+    <t>c_1046750</t>
+  </si>
+  <si>
+    <t>Les études post-inscription pour les médicaments</t>
+  </si>
+  <si>
+    <t>La commission de la transparence (CT) peut demander au laboratoire la réalisation d’études complémentaires appelées études post-inscription lorsqu'elle est confrontée à des incertitudes sur l'utilisation d'un médicament en pratique courante, son bénéfice clinique et ses effets indésirables chez les patients.</t>
+  </si>
+  <si>
+    <t>22/11/2019 11:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3113800/fr/les-etudes-post-inscription-pour-les-medicaments</t>
+  </si>
+  <si>
+    <t>p_3113800</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -215,37 +407,469 @@
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:J2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>22</v>
+      </c>
+      <c r="J1" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>24</v>
+      </c>
+      <c r="B2" t="s">
+        <v>25</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E2" t="s">
+        <v>27</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>28</v>
+      </c>
+      <c r="H2" t="s">
+        <v>29</v>
+      </c>
+      <c r="I2" t="s">
+        <v>30</v>
+      </c>
+      <c r="J2" t="s">
+        <v>31</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>32</v>
+      </c>
+      <c r="B2" t="s">
+        <v>33</v>
+      </c>
+      <c r="C2" t="s">
+        <v>34</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>35</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>36</v>
+      </c>
+      <c r="H2" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>32</v>
+      </c>
+      <c r="B3" t="s">
+        <v>38</v>
+      </c>
+      <c r="C3" t="s">
+        <v>39</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>40</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>41</v>
+      </c>
+      <c r="H3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>43</v>
+      </c>
+      <c r="B2" t="s">
+        <v>44</v>
+      </c>
+      <c r="C2" t="s">
+        <v>45</v>
+      </c>
+      <c r="D2" t="s">
+        <v>46</v>
+      </c>
+      <c r="E2" t="s">
+        <v>47</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>48</v>
+      </c>
+      <c r="H2" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>43</v>
+      </c>
+      <c r="B3" t="s">
+        <v>50</v>
+      </c>
+      <c r="C3" t="s">
+        <v>51</v>
+      </c>
+      <c r="D3" t="s">
+        <v>52</v>
+      </c>
+      <c r="E3" t="s">
+        <v>53</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>54</v>
+      </c>
+      <c r="H3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>56</v>
+      </c>
+      <c r="B2" t="s">
+        <v>57</v>
+      </c>
+      <c r="C2" t="s">
+        <v>58</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>59</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>60</v>
+      </c>
+      <c r="H2" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>56</v>
+      </c>
+      <c r="B3" t="s">
+        <v>62</v>
+      </c>
+      <c r="C3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>64</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>65</v>
+      </c>
+      <c r="H3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>56</v>
+      </c>
+      <c r="B4" t="s">
+        <v>67</v>
+      </c>
+      <c r="C4" t="s">
+        <v>68</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>69</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>70</v>
+      </c>
+      <c r="H4" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>56</v>
+      </c>
+      <c r="B5" t="s">
+        <v>72</v>
+      </c>
+      <c r="C5" t="s">
+        <v>73</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>74</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>75</v>
+      </c>
+      <c r="H5" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>77</v>
+      </c>
+      <c r="C6" t="s">
+        <v>78</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>79</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>80</v>
+      </c>
+      <c r="H6" t="s">
+        <v>81</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>