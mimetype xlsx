--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -9,95 +9,113 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>06/22/2009 15:40:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Épidermolyses bulleuses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un malade atteint d’épidermolyse bulleuse héréditaire (EBH). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_765529/en/obesity-surgery-in-adults</t>
+    <t>04/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028188/fr/epidermolyses-bulleuses-hereditaires</t>
+  </si>
+  <si>
+    <t>c_2028188</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Obésité : prise en charge chirurgicale chez l'adulte</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectifs : d'améliorer l’efficacité à long terme de la chirurgie et réduire la survenue des complications par : une meilleure sélection, information et préparation des patients le choix de la technique apportant le meilleur rapport bénéfice/risque chez les patients sélectionnés une meilleure formalisation de la constitution et du rôle de l’équipe pluridisciplinaire de réduire la gravité des complications par leur détection et leur prise en charge précoces. Les questions auxquelles répondent les recommandations sont les suivantes : Stratégies de prise en charge des patients atteints d’obésité dans le cadre d’une intervention chirurgicale initiale Les indications actuelles de la chirurgie bariatrique doivent-elles être revues ? Quels doivent être les modalités et le contenu de l’évaluation et de la prise en charge préopératoires du patient ? Quels critères doit-on prendre en compte pour le choix des techniques chirurgicales ? Quels doivent être les modalités et le contenu du suivi et de la prise en charge postopératoires du patient ? Stratégies de prise en charge des patients atteints d’obésité dans le cadre d’une réintervention chirurgicale.</t>
+  </si>
+  <si>
+    <t>28/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>22/06/2009 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765529/fr/obesite-prise-en-charge-chirurgicale-chez-l-adulte</t>
   </si>
   <si>
     <t>c_765529</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -107,101 +125,127 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
         <v>15</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>