--- v1 (2025-12-03)
+++ v2 (2026-01-19)
@@ -9,92 +9,110 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="29">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>19/12/2025 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Prise en charge diagnostique et thérapeutique de l’hypertrophie bénigne de la prostate</t>
   </si>
   <si>
     <t>Les recommandations concernent le diagnostic et la prise en charge thérapeutique de l'hypertrophie bénigne de la prostate (HBP) non compliquée chez l'homme de plus de 50 ans. Elles n'abordent pas les stratégies de diagnostic différentiel en cas de troubles urinaires du bas appareil.</t>
   </si>
   <si>
     <t>01/03/2003 00:00:00</t>
   </si>
   <si>
     <t>01/03/2003 16:51:00</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272237/fr/prise-en-charge-diagnostique-et-therapeutique-de-l-hypertrophie-benigne-de-la-prostate</t>
   </si>
   <si>
     <t>c_272237</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Traitement des symptômes du bas appareil urinaire liés à l’hypertrophie bénigne de la prostate par laser – Rapport d’évaluation technologique</t>
   </si>
   <si>
     <t>L'objectif de ce travail est d'évaluer et de comparer l’efficacité, la sécurité et le coût des techniques lasers les plus utilisées en France (photovaporisation sélective de la prostate par LASER (PVPS)) et à l’étranger (l’énucléation par LASER à l’Holmium (HoLEP)) par rapport aux techniques classiques (la résection trans-urétrale de la prostate [RTUP] et l’adénomectomie par voie haute [AVH])</t>
   </si>
   <si>
     <t>13/11/2013 00:00:00</t>
   </si>
   <si>
     <t>12/12/2013 11:54:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_827591/fr/traitement-des-symptomes-du-bas-appareil-urinaire-lies-a-l-hypertrophie-benigne-de-la-prostate-par-laser-rapport-d-evaluation-technologique</t>
   </si>
@@ -128,127 +146,153 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>17</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>18</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>19</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>20</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>21</v>
       </c>
-      <c r="H3" t="s">
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
         <v>22</v>
+      </c>
+      <c r="B4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>27</v>
+      </c>
+      <c r="H4" t="s">
+        <v>28</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>