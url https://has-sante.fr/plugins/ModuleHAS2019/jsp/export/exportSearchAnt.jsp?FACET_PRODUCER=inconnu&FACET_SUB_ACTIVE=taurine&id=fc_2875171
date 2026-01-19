--- v0 (2025-10-19)
+++ v1 (2026-01-19)
@@ -9,86 +9,101 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="15">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="20">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
     <t>Epilepsies vitamino-sensibles</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie vitamino-sensible. Il a été élaboré par le Centre de référence des Epilepsies rares (CRMR Lille, Marseille) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>02/08/2022 15:39:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3358939/fr/epilepsies-vitamino-sensibles</t>
   </si>
   <si>
     <t>p_3358939</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
@@ -104,51 +119,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -162,43 +177,69 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>