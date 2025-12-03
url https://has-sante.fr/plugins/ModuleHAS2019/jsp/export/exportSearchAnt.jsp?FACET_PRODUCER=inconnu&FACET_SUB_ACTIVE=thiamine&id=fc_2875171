--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -9,199 +9,334 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="35">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>06/22/2009 15:40:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Epilepsies vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie vitamino-sensible. Il a été élaboré par le Centre de référence des Epilepsies rares (CRMR Lille, Marseille) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_765529/en/obesity-surgery-in-adults</t>
+    <t>02/08/2022 15:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358939/fr/epilepsies-vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>p_3358939</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Définition des critères de réalisation des interventions de chirurgie bariatrique chez les moins de 18 ans</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo précise les critères d’éligibilité pour une chirurgie bariatrique chez les moins de 18 ans, l’information du patient, les modalités de prise en charge, incluant 2 réunions de concertation pluriprofessionnel, les techniques chirurgicales et le suivi.</t>
+  </si>
+  <si>
+    <t>20/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>30/03/2016 09:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2010309/fr/definition-des-criteres-de-realisation-des-interventions-de-chirurgie-bariatrique-chez-les-moins-de-18-ans</t>
+  </si>
+  <si>
+    <t>c_2010309</t>
+  </si>
+  <si>
+    <t>Obésité : prise en charge chirurgicale chez l'adulte</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectifs : d'améliorer l’efficacité à long terme de la chirurgie et réduire la survenue des complications par : une meilleure sélection, information et préparation des patients le choix de la technique apportant le meilleur rapport bénéfice/risque chez les patients sélectionnés une meilleure formalisation de la constitution et du rôle de l’équipe pluridisciplinaire de réduire la gravité des complications par leur détection et leur prise en charge précoces. Les questions auxquelles répondent les recommandations sont les suivantes : Stratégies de prise en charge des patients atteints d’obésité dans le cadre d’une intervention chirurgicale initiale Les indications actuelles de la chirurgie bariatrique doivent-elles être revues ? Quels doivent être les modalités et le contenu de l’évaluation et de la prise en charge préopératoires du patient ? Quels critères doit-on prendre en compte pour le choix des techniques chirurgicales ? Quels doivent être les modalités et le contenu du suivi et de la prise en charge postopératoires du patient ? Stratégies de prise en charge des patients atteints d’obésité dans le cadre d’une réintervention chirurgicale.</t>
+  </si>
+  <si>
+    <t>28/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>22/06/2009 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765529/fr/obesite-prise-en-charge-chirurgicale-chez-l-adulte</t>
   </si>
   <si>
     <t>c_765529</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes - rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place du séquençage au débit (NGS) au sein de la stratégie diagnostique des aminoacidopathies suivantes : phénylcétonurie, troubles du cycle de l’urée, leucinose, tyrosinémie de type 1 et homocystinurie par déficit en CBS, chez les adultes et les enfants suspectés d’être atteints ou à défaut déjà atteints de l’une de ces aminoacidopathies</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639045/fr/sequencage-haut-debit-ciblant-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-aminoacidopathies-les-plus-frequentes-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3639045</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
         <v>15</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>15</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>28</v>
+      </c>
+      <c r="B5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C5" t="s">
+        <v>30</v>
+      </c>
+      <c r="D5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" t="s">
+        <v>32</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>33</v>
+      </c>
+      <c r="H5" t="s">
+        <v>34</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>