--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -9,116 +9,272 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="104" uniqueCount="75">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>03/08/2012 16:15:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Déficit en transporteur de glucose GLUT1</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de référence des épilepsies rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_953959/en/autism-and-other-pdds-coordinated-education-and-treatment-interventions-in-children-and-adolescents</t>
+    <t>07/11/2024 11:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555046/fr/deficit-en-transporteur-de-glucose-glut1</t>
+  </si>
+  <si>
+    <t>p_3555046</t>
+  </si>
+  <si>
+    <t>Syndrome Prader Willi</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Prader-Willi. Il a été élaboré par Centre de référence du syndrome de Prader-Willi et autres Obésités Rares avec troubles du comportement alimentaire PRADORT à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291625/fr/syndrome-prader-willi</t>
+  </si>
+  <si>
+    <t>p_3291625</t>
+  </si>
+  <si>
+    <t>Générique obésités de causes rares</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient porteur d'une obésité de cause rare. Il a été élaboré par le centre de référence des Maladies rares PRADORT syndrome de PRADer-Willi et autres obésités rares avec troubles du comportement alimentaire à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2021 17:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280217/fr/generique-obesites-de-causes-rares</t>
+  </si>
+  <si>
+    <t>p_3280217</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Épilepsies : Prise en charge des enfants et des adultes</t>
+  </si>
+  <si>
+    <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
+  </si>
+  <si>
+    <t>08/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2020 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
+  </si>
+  <si>
+    <t>p_3214468</t>
+  </si>
+  <si>
+    <t>Trisomie 21</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/01/2020 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
+  </si>
+  <si>
+    <t>p_3148883</t>
+  </si>
+  <si>
+    <t>Contraception hormonale orale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>Ces fiches mémo visent à fournir aux pharmaciens d’officine des outils afin de les aider à la dispensation d’une contraception hormonale régulière ou d’une contraception d’urgence aux femmes et adolescentes.</t>
+  </si>
+  <si>
+    <t>10/07/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720982/fr/contraception-hormonale-orale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1720982</t>
+  </si>
+  <si>
+    <t>Contraception estroprogestative transdermique ou vaginale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759931/fr/contraception-estroprogestative-transdermique-ou-vaginale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759931</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759990/fr/contraception-d-urgence-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759990</t>
+  </si>
+  <si>
+    <t>Prise en charge du patient présentant une lombalgie commune</t>
+  </si>
+  <si>
+    <t>L’objectif : guider les professionnels de santé dans les différentes étapes du diagnostic et du traitement, afin de réduire le risque de chronicité de la lombalgie et de désinsertion professionnelle.</t>
+  </si>
+  <si>
+    <t>27/03/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>04/04/2019 10:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2961499/fr/prise-en-charge-du-patient-presentant-une-lombalgie-commune</t>
+  </si>
+  <si>
+    <t>c_2961499</t>
+  </si>
+  <si>
+    <t>Autisme et autres troubles envahissants du développement : interventions éducatives et thérapeutiques coordonnées chez l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation a pour objectif principal l’amélioration des pratiques des équipes amenées à mettre en œuvre les interventions auprès des enfants/adolescents avec TED, en particulier de mieux évaluer les besoins et ressources individuels de l’enfant et de sa famille, dans chacun des domaines de fonctionnement et de participation habituellement touchés par les répercussions des TED en vue de proposer un projet personnalisé d’interventions coordonnées considérées pertinentes pour répondre à ces besoins. Cette recommandation vise à répondre aux questions suivantes : - Quels sont les domaines du fonctionnement et de la participation de l’enfant ou de l’adolescent dans lesquels une évaluation régulière de son développement est nécessaire pour appréhender au mieux ses besoins et ses ressources ? - Quelles interventions proposer en fonction des besoins repérés dans chacun des domaines identifiés ? - Comment assurer l’organisation optimale des interventions et du parcours de l’enfant ou de l’adolescent ? Ces recommandations sont également disponibles sur le site www.anesm.sante.gouv.fr, au format des recommandations de l'Anesm.</t>
+  </si>
+  <si>
+    <t>07/03/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>08/03/2012 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953959/fr/autisme-et-autres-troubles-envahissants-du-developpement-interventions-educatives-et-therapeutiques-coordonnees-chez-l-enfant-et-l-adolescent</t>
   </si>
   <si>
     <t>c_953959</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...2 lines deleted...]
-    <t>Assesment of homeopathic medicines</t>
+    <t>Prise en charge des auteurs d’agression sexuelle à l’encontre de mineurs de moins de 15 ans</t>
+  </si>
+  <si>
+    <t>L’objectif principal des recommandations est de proposer aux professionnels concernés des stratégies de prise en charge thérapeutique des auteurs d’agression sexuelle à l’encontre de mineurs de moins de 15 ans.</t>
+  </si>
+  <si>
+    <t>22/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>16/03/2010 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_930913/fr/prise-en-charge-des-auteurs-d-agression-sexuelle-a-l-encontre-de-mineurs-de-moins-de-15-ans</t>
+  </si>
+  <si>
+    <t>c_930913</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des médicaments homéopathiques</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>06/26/2019 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>07/09/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -128,127 +284,387 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="C3" t="s">
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>18</v>
       </c>
-      <c r="D3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
       </c>
-      <c r="E3" t="s">
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
         <v>20</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="C4" t="s">
         <v>21</v>
       </c>
-      <c r="H3" t="s">
+      <c r="D4" t="s">
         <v>22</v>
+      </c>
+      <c r="E4" t="s">
+        <v>23</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H4" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C5" t="s">
+        <v>28</v>
+      </c>
+      <c r="D5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E5" t="s">
+        <v>30</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H5" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C6" t="s">
+        <v>34</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>36</v>
+      </c>
+      <c r="H6" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>26</v>
+      </c>
+      <c r="B7" t="s">
+        <v>38</v>
+      </c>
+      <c r="C7" t="s">
+        <v>39</v>
+      </c>
+      <c r="D7" t="s">
+        <v>40</v>
+      </c>
+      <c r="E7" t="s">
+        <v>41</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H7" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>26</v>
+      </c>
+      <c r="B8" t="s">
+        <v>44</v>
+      </c>
+      <c r="C8" t="s">
+        <v>39</v>
+      </c>
+      <c r="D8" t="s">
+        <v>40</v>
+      </c>
+      <c r="E8" t="s">
+        <v>41</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>45</v>
+      </c>
+      <c r="H8" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>26</v>
+      </c>
+      <c r="B9" t="s">
+        <v>47</v>
+      </c>
+      <c r="C9" t="s">
+        <v>39</v>
+      </c>
+      <c r="D9" t="s">
+        <v>40</v>
+      </c>
+      <c r="E9" t="s">
+        <v>41</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>48</v>
+      </c>
+      <c r="H9" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>26</v>
+      </c>
+      <c r="B10" t="s">
+        <v>50</v>
+      </c>
+      <c r="C10" t="s">
+        <v>51</v>
+      </c>
+      <c r="D10" t="s">
+        <v>52</v>
+      </c>
+      <c r="E10" t="s">
+        <v>53</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>54</v>
+      </c>
+      <c r="H10" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>26</v>
+      </c>
+      <c r="B11" t="s">
+        <v>56</v>
+      </c>
+      <c r="C11" t="s">
+        <v>57</v>
+      </c>
+      <c r="D11" t="s">
+        <v>58</v>
+      </c>
+      <c r="E11" t="s">
+        <v>59</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>60</v>
+      </c>
+      <c r="H11" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>26</v>
+      </c>
+      <c r="B12" t="s">
+        <v>62</v>
+      </c>
+      <c r="C12" t="s">
+        <v>63</v>
+      </c>
+      <c r="D12" t="s">
+        <v>64</v>
+      </c>
+      <c r="E12" t="s">
+        <v>65</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>66</v>
+      </c>
+      <c r="H12" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>68</v>
+      </c>
+      <c r="B13" t="s">
+        <v>69</v>
+      </c>
+      <c r="C13" t="s">
+        <v>70</v>
+      </c>
+      <c r="D13" t="s">
+        <v>71</v>
+      </c>
+      <c r="E13" t="s">
+        <v>72</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>73</v>
+      </c>
+      <c r="H13" t="s">
+        <v>74</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>