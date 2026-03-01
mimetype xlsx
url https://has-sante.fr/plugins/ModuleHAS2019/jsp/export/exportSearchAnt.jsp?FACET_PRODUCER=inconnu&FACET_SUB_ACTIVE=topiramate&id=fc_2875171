--- v1 (2025-11-30)
+++ v2 (2026-03-01)
@@ -9,272 +9,95 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="104" uniqueCount="75">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de référence des épilepsies rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assesment of homeopathic medicines</t>
+  </si>
+  <si>
+    <t>Negative opinion on homeopathic medicines reimbursement</t>
+  </si>
+  <si>
+    <t>06/26/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>09/07/2019 15:03:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>07/11/2024 11:29:00</t>
-[...182 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
+    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -284,387 +107,101 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H13"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
-[...6 lines deleted...]
-      <c r="B3" t="s">
         <v>15</v>
-      </c>
-[...276 lines deleted...]
-        <v>74</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>