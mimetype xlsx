--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -9,375 +9,246 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ayant une atrésie des voies biliaires (AVB) et qui relève de l’affection de longue durée (ALD) n°6 (« Maladies chroniques actives du foie et cirrhoses »). Il a été élaboré par le Centre de Référence Atrésie des Voies Biliaires et Cholestases Génétiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Inborn errors of metabolism : assessment of expanded newborn screening using tandem mass spectrometry in France (part 2)</t>
+  </si>
+  <si>
+    <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
+  </si>
+  <si>
+    <t>01/22/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2020 10:20:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>02/12/2024 14:12:00</t>
-[...38 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
+    <t>https://www.has-sante.fr/jcms/c_2866458/en/inborn-errors-of-metabolism-assessment-of-expanded-newborn-screening-using-tandem-mass-spectrometry-in-france-part-2</t>
   </si>
   <si>
     <t>c_2866458</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2794425/fr/syndrome-du-bebe-secoue-ou-traumatisme-cranien-non-accidentel-par-secouement</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Shaken baby syndrome or non-accidental head injury caused by shaking</t>
+  </si>
+  <si>
+    <t>Shaken baby syndrome (SBS) is a subsection of inflicted head injuries or non-accidental head injury (NAHI), in which shaking, alone or in combination with impact, causes head and brain injury. The subject of this guideline is NAHI caused by shaking.</t>
+  </si>
+  <si>
+    <t>07/12/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>09/29/2017 08:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794425/en/shaken-baby-syndrome-or-non-accidental-head-injury-caused-by-shaking</t>
   </si>
   <si>
     <t>c_2794425</t>
-  </si>
-[...16 lines deleted...]
-    <t>c_893585</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C3" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E3" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
-[...9 lines deleted...]
-      <c r="C4" t="s">
         <v>22</v>
-      </c>
-[...65 lines deleted...]
-        <v>39</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>