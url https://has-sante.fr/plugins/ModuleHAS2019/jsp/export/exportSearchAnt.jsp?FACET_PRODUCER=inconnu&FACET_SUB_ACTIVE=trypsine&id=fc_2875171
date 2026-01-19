--- v1 (2025-12-03)
+++ v2 (2026-01-19)
@@ -9,246 +9,416 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="45">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...2 lines deleted...]
-    <t>Inborn errors of metabolism : assessment of expanded newborn screening using tandem mass spectrometry in France (part 2)</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Atrésie des voies biliaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ayant une atrésie des voies biliaires (AVB) et qui relève de l’affection de longue durée (ALD) n°6 (« Maladies chroniques actives du foie et cirrhoses »). Il a été élaboré par le Centre de Référence Atrésie des Voies Biliaires et Cholestases Génétiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563488/fr/atresie-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>p_3563488</t>
+  </si>
+  <si>
+    <t>Évaluation diagnostique et prise en charge des affections liées ou associées à CFTR</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale le conseil génétique et le parcours de soins dans le cadre des affections liées et associées à CFTR et des formes non conclues au dépistage néonatal. Il a été élaboré par le Centre de Référence Maladie Rares Constitutif Mucoviscidose et Maladies apparentées. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301594/fr/evaluation-diagnostique-et-prise-en-charge-des-affections-liees-ou-associees-a-cftr</t>
+  </si>
+  <si>
+    <t>p_3301594</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Évaluation a priori de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. Volet 2</t>
   </si>
   <si>
     <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
   </si>
   <si>
-    <t>01/22/2020 00:00:00</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2866458/en/inborn-errors-of-metabolism-assessment-of-expanded-newborn-screening-using-tandem-mass-spectrometry-in-france-part-2</t>
+    <t>22/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/02/2020 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
   </si>
   <si>
     <t>c_2866458</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2794425/en/shaken-baby-syndrome-or-non-accidental-head-injury-caused-by-shaking</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Syndrome du bébé secoué ou traumatisme crânien non accidentel par secouement</t>
+  </si>
+  <si>
+    <t>La HAS et la SOFMER ont élaboré conjointement l’actualisation des recommandations de la commission d’audition de 2011 sur le thème du syndrome du bébé secoué. Cette recommandation de bonne pratique précise la démarche diagnostique (repérage, conduites à tenir, lésions observées, bilan clinique et para-clinique, diagnostics différentiels, critères diagnostiques), le mécanisme causal et la datation des lésions, ainsi que les aspects juridiques lorsque le diagnostic est évoqué ou posé.</t>
+  </si>
+  <si>
+    <t>12/07/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>29/09/2017 08:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794425/fr/syndrome-du-bebe-secoue-ou-traumatisme-cranien-non-accidentel-par-secouement</t>
   </si>
   <si>
     <t>c_2794425</t>
+  </si>
+  <si>
+    <t>Surveillance sérologique et prévention de la toxoplasmose et de la rubéole au cours de la grossesse et dépistage prénatal de l’hépatite B – Pertinence des modalités de réalisation</t>
+  </si>
+  <si>
+    <t>Deux objectifs généraux ont été poursuivis dans le cadre des recommandations en santé publique : Évaluer la pertinence d’une évolution de la stratégie et des modalités de réalisation du dépistage prénatal de la toxoplasmose. Évaluer la pertinence d’une évolution de la stratégie et des modalités de réalisation du dépistage prénatal de la rubéole. L’objectif du rapport d’orientation était d’évaluer l’intérêt d’une modification du moment de réalisation du dépistage prénatal de l’antigène HBs.</t>
+  </si>
+  <si>
+    <t>22/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>16/12/2009 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_893585/fr/surveillance-serologique-et-prevention-de-la-toxoplasmose-et-de-la-rubeole-au-cours-de-la-grossesse-et-depistage-prenatal-de-l-hepatite-b-pertinence-des-modalites-de-realisation</t>
+  </si>
+  <si>
+    <t>c_893585</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="C3" t="s">
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>18</v>
       </c>
-      <c r="D3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
       </c>
-      <c r="E3" t="s">
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
         <v>20</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="C4" t="s">
         <v>21</v>
       </c>
-      <c r="H3" t="s">
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
         <v>22</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>23</v>
+      </c>
+      <c r="H4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>25</v>
+      </c>
+      <c r="B5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E5" t="s">
+        <v>29</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>30</v>
+      </c>
+      <c r="H5" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>32</v>
+      </c>
+      <c r="B6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C6" t="s">
+        <v>34</v>
+      </c>
+      <c r="D6" t="s">
+        <v>35</v>
+      </c>
+      <c r="E6" t="s">
+        <v>36</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>37</v>
+      </c>
+      <c r="H6" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>25</v>
+      </c>
+      <c r="B7" t="s">
+        <v>39</v>
+      </c>
+      <c r="C7" t="s">
+        <v>40</v>
+      </c>
+      <c r="D7" t="s">
+        <v>41</v>
+      </c>
+      <c r="E7" t="s">
+        <v>42</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>43</v>
+      </c>
+      <c r="H7" t="s">
+        <v>44</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>