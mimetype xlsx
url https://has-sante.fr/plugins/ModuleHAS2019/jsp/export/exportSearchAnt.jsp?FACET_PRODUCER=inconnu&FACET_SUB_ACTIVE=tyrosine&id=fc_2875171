--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -1,173 +1,464 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Communiqué de presse" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
+    <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="202" uniqueCount="114">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>12/08/2020 16:50:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Dépistage du déficit en biotinidase et de la galactosémie : Évaluation a priori de l’opportunité d’un dépistage à la naissance en population générale en France</t>
+  </si>
+  <si>
+    <t>Le déficit en biotinidase et la galactosémie sont deux maladies liées à un déficit enzymatique, pouvant entrainer des symptômes cliniques graves pour le nourrisson en l’absence de traitement. À l’issue de son évaluation, la Haute Autorité de santé recommande aux pouvoirs publics d’intégrer le déficit en biotinidase et la galactosémie dans le programme national de dépistage néonatal, et développe les modalités de mise en œuvre.</t>
+  </si>
+  <si>
+    <t>25/09/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>28/01/2025 17:59:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272462/en/foot-problems-in-the-elderly-podiatric-assessment-and-management</t>
+    <t>https://www.has-sante.fr/jcms/p_3586427/fr/depistage-du-deficit-en-biotinidase-et-de-la-galactosemie-evaluation-a-priori-de-l-opportunite-d-un-depistage-a-la-naissance-en-population-generale-en-france</t>
+  </si>
+  <si>
+    <t>p_3586427</t>
+  </si>
+  <si>
+    <t>Évaluation a priori de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. Volet 2</t>
+  </si>
+  <si>
+    <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
+  </si>
+  <si>
+    <t>22/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/02/2020 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
+  </si>
+  <si>
+    <t>c_2866458</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mastocytoses avancées de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient adulte atteint de mastocytose dite avancée : mastocytose systémique agressive, mastocytose systémique associée à une hémopathie maligne et leucémie à mastocytes (1–5). Il a été élaboré sous l’égide du Centre de Référence des Mastocytoses (CEREMAST) et de la filière de santé Maladies Rares immuno-hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/07/2025 17:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636720/fr/mastocytoses-avancees-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3636720</t>
+  </si>
+  <si>
+    <t>Achondroplasie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient ACH. Il a été élaboré par le Centre de référence des maladies rares (CRMR) des Maladies Osseuses Constitutionelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/04/2025 16:14:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3602116/fr/achondroplasie</t>
+  </si>
+  <si>
+    <t>p_3602116</t>
+  </si>
+  <si>
+    <t>Neutropénies chroniques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de neutropénie chronique. Il a été élaboré par le Centre de Référence Maladies Rares Neutropénies Chroniques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/08/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3522408/fr/neutropenies-chroniques</t>
+  </si>
+  <si>
+    <t>p_3522408</t>
+  </si>
+  <si>
+    <t>Epilepsies néonatales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie néonatale sévère, et en particulier d’Encéphalopathie Développementale avec Épilepsie débutant pendant la période néonatale (EDEIP). Il a été élaboré par le Centre de Référence Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390314/fr/epilepsies-neonatales</t>
+  </si>
+  <si>
+    <t>p_3390314</t>
+  </si>
+  <si>
+    <t>Mastocytoses non-avancées chez l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mastocytoses non-avancées. Il a été élaboré par le Centre de Référence des mastocytoses, CEREMAST, sous l’egide de la filière MARIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/07/2022 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3353127/fr/mastocytoses-non-avancees-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3353127</t>
+  </si>
+  <si>
+    <t>Acromégalie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acromégalie. Il a été élaboré par le Centre de Référence des Maladies rares de l’Hypophyse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292767/fr/acromegalie</t>
+  </si>
+  <si>
+    <t>p_3292767</t>
+  </si>
+  <si>
+    <t>Épidermolyses bulleuses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un malade atteint d’épidermolyse bulleuse héréditaire (EBH). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028188/fr/epidermolyses-bulleuses-hereditaires</t>
+  </si>
+  <si>
+    <t>c_2028188</t>
+  </si>
+  <si>
+    <t>Neurofibromatose 1</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de NF1. Il a été élaboré par le Centre de référence labellisé neurofibromatoses à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/09/2021 10:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3283954/fr/neurofibromatose-1</t>
+  </si>
+  <si>
+    <t>p_3283954</t>
+  </si>
+  <si>
+    <t>Phénylcétonurie</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD 17 : Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé.</t>
+  </si>
+  <si>
+    <t>04/06/2018 15:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953467/fr/phenylcetonurie</t>
+  </si>
+  <si>
+    <t>c_953467</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Le pied de la personne âgée : approche médicale et prise en charge de pédicurie-podologie</t>
+  </si>
+  <si>
+    <t>La recommandation sur le pied de la personne âgée a été actualisée afin de prendre en compte les dernières données de la science et les évolutions du champ d’exercice du pédicure-podologue. Les affections podologiques peuvent être la source de complications graves. À titre préventif, une visite des patients de plus de 60 ans chez le pédicure-podologue est donc recommandée. Et, à tout âge, le recours à un pédicure-podologue est conseillé en cas de symptômes podologiques.</t>
+  </si>
+  <si>
+    <t>26/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>08/12/2020 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272462/fr/le-pied-de-la-personne-agee-approche-medicale-et-prise-en-charge-de-pedicurie-podologie</t>
   </si>
   <si>
     <t>c_272462</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...17 lines deleted...]
-    <t>c_2866458</t>
+    <t>Bon usage des agents antiplaquettaires</t>
+  </si>
+  <si>
+    <t>Ces recommandations définissent les situations et conditions de prescription des agents antiplaquettaires (aspirine, clopidogrel, prasugrel et ticagrelor) en prévention primaire ou secondaire d’une maladie cardiovasculaire, ainsi que la conduite à tenir en cas de chirurgie. Leur utilisation dans certaines situations particulières est également abordée : sujet âgé, insuffisance rénale chronique, grossesse, HIV.</t>
+  </si>
+  <si>
+    <t>01/06/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2012 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1264095/fr/bon-usage-des-agents-antiplaquettaires</t>
+  </si>
+  <si>
+    <t>c_1264095</t>
+  </si>
+  <si>
+    <t>Cryopréservation de tissus, cellules et liquides biologiques issus du soin</t>
+  </si>
+  <si>
+    <t>Ces recommandations sont une actualisation des « Recommandations pour la cryopréservation de cellules et tissus tumoraux dans le but de réaliser des analyses moléculaires », élaborées conjointement par la Société française de pathologie, la Société française d’hématologie et la Société française de cancérologie publiées en mai 2000. Cette actualisation a été demandée à la HAS par la Société française de pathologie.</t>
+  </si>
+  <si>
+    <t>02/09/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>15/02/2010 14:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_923153/fr/cryopreservation-de-tissus-cellules-et-liquides-biologiques-issus-du-soin</t>
+  </si>
+  <si>
+    <t>c_923153</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Affections de longue durée, la Haute Autorité de Santé rend un avis sur la liste et les critères médicaux d’admission</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé a adressé ce jour à la ministre de la Santé, de la Jeunesse et des Sports un avis sur la liste et les critères médicaux d’admission en affection de longue durée -ALD.</t>
+  </si>
+  <si>
+    <t>10/12/2007 18:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_611969/fr/affections-de-longue-duree-la-haute-autorite-de-sante-rend-un-avis-sur-la-liste-et-les-criteres-medicaux-d-admission</t>
+  </si>
+  <si>
+    <t>c_611969</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes - rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place du séquençage au débit (NGS) au sein de la stratégie diagnostique des aminoacidopathies suivantes : phénylcétonurie, troubles du cycle de l’urée, leucinose, tyrosinémie de type 1 et homocystinurie par déficit en CBS, chez les adultes et les enfants suspectés d’être atteints ou à défaut déjà atteints de l’une de ces aminoacidopathies</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639045/fr/sequencage-haut-debit-ciblant-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-aminoacidopathies-les-plus-frequentes-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3639045</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>PV Collège délibératif du 11 juillet 2024</t>
+  </si>
+  <si>
+    <t>11/07/2024 17:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3530157/fr/pv-college-deliberatif-du-11-juillet-2024</t>
+  </si>
+  <si>
+    <t>p_3530157</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur la liste et les critères médicaux d’admission en affections de longue durée (ALD) - Décembre 2007</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé a rendu un avis sur la liste et les critères médicaux d’admission en affection de longue durée - ALD. Cet avis avait été annoncé dans la recommandation initiale de mai 2006 qui accompagnait la diffusion des premiers guides et listes. Il porte aujourd’hui sur la vingtaine de maladies pour lesquelles la HAS a depuis publié des guides et des listes d’actes et de prestations. Dans cet avis, la HAS confirme que le système actuel est inadapté. Il s’efforce, en effet, de poursuivre à l’aide d’un même outil deux objectifs distincts : un objectif social (neutraliser l’impact des gros restes à charge) et un objectif médical (assurer un suivi médical de qualité pour les malades chroniques). La HAS note avec attention que le débat sur les ALD est aujourd’hui largement engagé, grâce notamment à la réflexion menée sur un dispositif de type « bouclier sanitaire » pour le volet social. C’est dans l’objectif de prolonger cette réflexion collective que cet avis a été conçu. Aussi les propositions qui visent à éclairer les choix des pouvoirs publics en la matière sont-elles présentées sous forme de trois scénarios.</t>
+  </si>
+  <si>
+    <t>12/12/2007 10:27:00</t>
+  </si>
+  <si>
+    <t>02/01/2008 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_810262/fr/avis-de-la-has-sur-la-liste-et-les-criteres-medicaux-d-admission-en-affections-de-longue-duree-ald-decembre-2007</t>
+  </si>
+  <si>
+    <t>c_810262</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -188,67 +479,729 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H10"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B2" t="s">
+        <v>23</v>
+      </c>
+      <c r="C2" t="s">
+        <v>24</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>25</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>26</v>
+      </c>
+      <c r="H2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>22</v>
+      </c>
       <c r="B3" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="D3" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="H3" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
         <v>22</v>
+      </c>
+      <c r="B4" t="s">
+        <v>33</v>
+      </c>
+      <c r="C4" t="s">
+        <v>34</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>35</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>36</v>
+      </c>
+      <c r="H4" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>22</v>
+      </c>
+      <c r="B5" t="s">
+        <v>38</v>
+      </c>
+      <c r="C5" t="s">
+        <v>39</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>40</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>41</v>
+      </c>
+      <c r="H5" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>22</v>
+      </c>
+      <c r="B6" t="s">
+        <v>43</v>
+      </c>
+      <c r="C6" t="s">
+        <v>44</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>46</v>
+      </c>
+      <c r="H6" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>22</v>
+      </c>
+      <c r="B7" t="s">
+        <v>48</v>
+      </c>
+      <c r="C7" t="s">
+        <v>49</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>50</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>51</v>
+      </c>
+      <c r="H7" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>22</v>
+      </c>
+      <c r="B8" t="s">
+        <v>53</v>
+      </c>
+      <c r="C8" t="s">
+        <v>54</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>55</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>56</v>
+      </c>
+      <c r="H8" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B9" t="s">
+        <v>58</v>
+      </c>
+      <c r="C9" t="s">
+        <v>59</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>60</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>61</v>
+      </c>
+      <c r="H9" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
+        <v>63</v>
+      </c>
+      <c r="C10" t="s">
+        <v>64</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>65</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>66</v>
+      </c>
+      <c r="H10" t="s">
+        <v>67</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>68</v>
+      </c>
+      <c r="B2" t="s">
+        <v>69</v>
+      </c>
+      <c r="C2" t="s">
+        <v>70</v>
+      </c>
+      <c r="D2" t="s">
+        <v>71</v>
+      </c>
+      <c r="E2" t="s">
+        <v>72</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>73</v>
+      </c>
+      <c r="H2" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>68</v>
+      </c>
+      <c r="B3" t="s">
+        <v>75</v>
+      </c>
+      <c r="C3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D3" t="s">
+        <v>77</v>
+      </c>
+      <c r="E3" t="s">
+        <v>78</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>79</v>
+      </c>
+      <c r="H3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>68</v>
+      </c>
+      <c r="B4" t="s">
+        <v>81</v>
+      </c>
+      <c r="C4" t="s">
+        <v>82</v>
+      </c>
+      <c r="D4" t="s">
+        <v>83</v>
+      </c>
+      <c r="E4" t="s">
+        <v>84</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>85</v>
+      </c>
+      <c r="H4" t="s">
+        <v>86</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>87</v>
+      </c>
+      <c r="B2" t="s">
+        <v>88</v>
+      </c>
+      <c r="C2" t="s">
+        <v>89</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>90</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>91</v>
+      </c>
+      <c r="H2" t="s">
+        <v>92</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>93</v>
+      </c>
+      <c r="B2" t="s">
+        <v>94</v>
+      </c>
+      <c r="C2" t="s">
+        <v>95</v>
+      </c>
+      <c r="D2" t="s">
+        <v>96</v>
+      </c>
+      <c r="E2" t="s">
+        <v>97</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>98</v>
+      </c>
+      <c r="H2" t="s">
+        <v>99</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>101</v>
+      </c>
+      <c r="B2" t="s">
+        <v>102</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>103</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>104</v>
+      </c>
+      <c r="H2" t="s">
+        <v>105</v>
+      </c>
+      <c r="I2" t="s">
+        <v>106</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>107</v>
+      </c>
+      <c r="B2" t="s">
+        <v>108</v>
+      </c>
+      <c r="C2" t="s">
+        <v>109</v>
+      </c>
+      <c r="D2" t="s">
+        <v>110</v>
+      </c>
+      <c r="E2" t="s">
+        <v>111</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>112</v>
+      </c>
+      <c r="H2" t="s">
+        <v>113</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>