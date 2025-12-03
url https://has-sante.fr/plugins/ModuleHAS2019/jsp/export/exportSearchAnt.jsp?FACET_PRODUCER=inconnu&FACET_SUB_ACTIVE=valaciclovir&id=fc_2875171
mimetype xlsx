--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -1,263 +1,152 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...2 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
-[...3 lines deleted...]
-    <sheet name="Export Recommandation vaccinale" r:id="rId7" sheetId="5"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-[...3 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="90" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation en santé publique</t>
-[...11 lines deleted...]
-    <t>17/06/2025 16:33:00</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Diagnosis of infections with the herpes simplex virus and the varicella-zoster virus by virus detection and/or serology in the mother/child setting - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>National Health Insurance wishes to change the list of refundable procedures in laboratory medicine in respect of diagnostic tests for infections due to the herpes simplex virus (types 1 and 2, HSV-1/-2) and the varicella-zoster virus (VZV), viruses that belong to the family Herpesviridae, within the context of mother-to-child transmission (or the "mother/child setting"). The proposed changes, which have been specified by the national reference laboratory for these viruses, focus on the inclusion of testing for their DNA in various contexts and samples using PCR, the removal of other techniques for direct virus detection (direct immunological diagnosis and specific cultures), and the inclusion, the removal or the restriction of serological tests. The aim is to establish whether data from a critical analysis of the synthetic literature (good practice guidelines, systematic reviews and technology assessment reports) are consistent with the content of the application and whether they therefore support the proposals submitted by the applicant, so as to formulate an opinion relating to these proposals</t>
+  </si>
+  <si>
+    <t>05/04/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>05/25/2016 10:28:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3587389/fr/evaluation-de-la-pertinence-d-un-depistage-systematique-de-l-infection-a-cytomegalovirus-cmv-au-cours-de-la-grossesse</t>
-[...38 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2589724/fr/diagnostic-par-detection-virale-et/ou-serologie-des-infections-a-virus-herpes-simplex-et-varicelle-zona-dans-le-cadre-mere-enfant</t>
+    <t>https://www.has-sante.fr/jcms/c_2589724/en/diagnosis-of-infections-with-the-herpes-simplex-virus-and-the-varicella-zoster-virus-by-virus-detection-and/or-serology-in-the-mother/child-setting-inahta-brief</t>
   </si>
   <si>
     <t>c_2589724</t>
-  </si>
-[...58 lines deleted...]
-    <t>p_3456351</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -282,333 +171,37 @@
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-[...294 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>