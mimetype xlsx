--- v1 (2025-12-03)
+++ v2 (2026-01-19)
@@ -1,152 +1,284 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="106" uniqueCount="55">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>05/25/2016 10:28:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Évaluation de la pertinence d'un dépistage systématique de l'infection à cytomégalovirus (CMV) au cours de la grossesse</t>
+  </si>
+  <si>
+    <t>La HAS a évalué la pertinence d’un dépistage systématique de l’infection à CMV chez la femme enceinte. La HAS recommande de mettre en place un dépistage systématique national du CMV pour toutes les femmes enceintes dont le statut sérologique est négatif ou inconnu, avec une réévaluation du dispositif après trois ans de mise en œuvre. La poursuite de ce dispositif dépendra d’une évaluation fondée sur des données scientifiques complémentaires incluant l’efficacité du dépistage, l’impact sur la prévention des formes graves dont les séquelles neurosensorielles, et la tolérance du traitement antiviral. Celles-ci devront être produites via des études spécifiques, des systèmes d’information adaptés ou l’ajustement des dispositifs existants, afin de répondre aux incertitudes identifiées lors de l’évaluation de la HAS.</t>
+  </si>
+  <si>
+    <t>05/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>17/06/2025 16:33:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2589724/en/diagnosis-of-infections-with-the-herpes-simplex-virus-and-the-varicella-zoster-virus-by-virus-detection-and/or-serology-in-the-mother/child-setting-inahta-brief</t>
+    <t>https://www.has-sante.fr/jcms/p_3587389/fr/evaluation-de-la-pertinence-d-un-depistage-systematique-de-l-infection-a-cytomegalovirus-cmv-au-cours-de-la-grossesse</t>
+  </si>
+  <si>
+    <t>p_3587389</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Dépistage systématique du cytomégalovirus au premier trimestre de grossesse :  prise en charge et suivi - Note de cadrage</t>
+  </si>
+  <si>
+    <t>19/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>24/11/2025 16:42:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3748990/fr/depistage-systematique-du-cytomegalovirus-au-premier-trimestre-de-grossesse-prise-en-charge-et-suivi-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3748990</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Hémophilie A acquise</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HAA. Il a été élaboré par le Centre de Référence de l’Hémophilie et autres déficits rares en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2025 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594164/fr/hemophilie-a-acquise</t>
+  </si>
+  <si>
+    <t>p_3594164</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Diagnostic par détection virale et/ou sérologie des infections à virus herpes simplex et varicelle-zona dans le cadre mère-enfant</t>
+  </si>
+  <si>
+    <t>Évaluation des tests relatifs au diagnostic des infections à virus herpes simplex de types 1 et 2 (HSV-1/-2) et varicelle-zona (VZV) dans le cadre de la transmission mère-enfant de ces virus : détection du génome de ces virus par PCR dans différents contextes et prélèvements, diagnostic immunologique direct (détection d’antigènes viraux par immunofluorescence ou méthode immunoenzymatique), cultures orientée et non orientée, recherches sérologiques (IgM et IgG anti-VZV, IgM et IgG anti-HSV-1/-2 non spécifiques de type, IgG anti-HSV-1 et -2 spécifiques de type)</t>
+  </si>
+  <si>
+    <t>04/05/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>25/05/2016 10:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2589724/fr/diagnostic-par-detection-virale-et/ou-serologie-des-infections-a-virus-herpes-simplex-et-varicelle-zona-dans-le-cadre-mere-enfant</t>
   </si>
   <si>
     <t>c_2589724</t>
+  </si>
+  <si>
+    <t>Évaluation de l’imagerie cardiaque non invasive dans le diagnostic des syndromes coronariens aigus non ST+ à bas risque d’évènement cardiovasculaire grave</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation était de déterminer si des examens non invasifs d’imagerie cardiaque pouvaient être réalisés chez des patients présentant un syndrome coronarien aigu (SCA) non ST+ à bas risque d’évènement cardiovasculaire grave, et un risque d’ischémie intermédiaire.</t>
+  </si>
+  <si>
+    <t>18/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2015 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_830007/fr/evaluation-de-l-imagerie-cardiaque-non-invasive-dans-le-diagnostic-des-syndromes-coronariens-aigus-non-st-a-bas-risque-d-evenement-cardiovasculaire-grave</t>
+  </si>
+  <si>
+    <t>c_830007</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 19 novembre 2024</t>
+  </si>
+  <si>
+    <t>18/11/2024 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3556900/fr/ceesp-reunion-du-19-novembre-2024</t>
+  </si>
+  <si>
+    <t>p_3556900</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Actualisation des recommandations et obligations vaccinales des professionnels</t>
+  </si>
+  <si>
+    <t>La HAS préconise qu’une obligation d’immunisation contre la rougeole soit mise en place pour les étudiants et professionnels pour lesquels cette vaccination est actuellement recommandée. En l’absence de disponibilité d’un vaccin rougeole non combiné, la HAS préconise ainsi que l’administration de deux doses de vaccin trivalent ROR soit rendue obligatoire en milieu professionnel pour les personnes non vaccinées et sans antécédent documenté de rougeole. La HAS préconise également de maintenir les recommandations de vaccination contre la coqueluche, la grippe, l’hépatite A, et la varicelle.</t>
+  </si>
+  <si>
+    <t>27/07/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>31/07/2023 11:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456351/fr/actualisation-des-recommandations-et-obligations-vaccinales-des-professionnels</t>
+  </si>
+  <si>
+    <t>p_3456351</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -171,37 +303,399 @@
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>18</v>
+      </c>
+      <c r="E2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H2" t="s">
+        <v>21</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B2" t="s">
+        <v>23</v>
+      </c>
+      <c r="C2" t="s">
+        <v>24</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>25</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>26</v>
+      </c>
+      <c r="H2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>28</v>
+      </c>
+      <c r="B2" t="s">
+        <v>29</v>
+      </c>
+      <c r="C2" t="s">
+        <v>30</v>
+      </c>
+      <c r="D2" t="s">
+        <v>31</v>
+      </c>
+      <c r="E2" t="s">
+        <v>32</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>33</v>
+      </c>
+      <c r="H2" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C3" t="s">
+        <v>36</v>
+      </c>
+      <c r="D3" t="s">
+        <v>37</v>
+      </c>
+      <c r="E3" t="s">
+        <v>38</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>39</v>
+      </c>
+      <c r="H3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>42</v>
+      </c>
+      <c r="B2" t="s">
+        <v>43</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>44</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>45</v>
+      </c>
+      <c r="H2" t="s">
+        <v>46</v>
+      </c>
+      <c r="I2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>48</v>
+      </c>
+      <c r="B2" t="s">
+        <v>49</v>
+      </c>
+      <c r="C2" t="s">
+        <v>50</v>
+      </c>
+      <c r="D2" t="s">
+        <v>51</v>
+      </c>
+      <c r="E2" t="s">
+        <v>52</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>53</v>
+      </c>
+      <c r="H2" t="s">
+        <v>54</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>